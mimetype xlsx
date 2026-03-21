--- v0 (2025-12-12)
+++ v1 (2026-03-21)
@@ -54,278 +54,278 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Plenário - PLENARIO</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Indicação 001/2020.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Jonas Pereira</t>
   </si>
   <si>
     <t>Indicação 002/2020</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Rodney - Ney</t>
   </si>
   <si>
     <t>Indicação 003/2020</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Indicação 04/2020</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/38/indicacao_5-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/38/indicacao_5-2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 05/2020 - VEREADOR JONAS PEREIRA</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Rubia Schmidt Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_06_2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_06_2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 006/2020</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>André Heidemanns Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/50/indicacao_007_2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/50/indicacao_007_2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 07/2020 - VEREADOR ANDRÉ</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/51/indicacao_008_2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/51/indicacao_008_2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 008/2020 - VEREADOR ANDRÉ</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/52/indicacao_009_2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/52/indicacao_009_2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 009/2020 - VEREADOR ANDRÉ</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Maria Salete Lourenço</t>
   </si>
   <si>
     <t>INDICAÇÃO 010/2020</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>INDICAÇÃO 011/2020 - VEREADOR ANDRÉ.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/71/indicacao_12-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/71/indicacao_12-2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 012/2020</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/72/indicacao_13-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/72/indicacao_13-2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 013/2020</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/79/indicacao_014_2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/79/indicacao_014_2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 014/2020_x000D_
 _x000D_
 Obs.: EM VOTAÇÃO ÚNICA.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/46/decreto_001_2020_JA2T3Af.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/46/decreto_001_2020_JA2T3Af.pdf</t>
   </si>
   <si>
     <t>Estabele a suspensão do recesso parlamentar do período de 15 de julho à 31 de Julho do corrente ano e dá outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Estabelece a regulamentação da plataforma zoom como instrumento de realização das sessões legislativas em período de pandemia e dá outras providencias.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/81/decreto_legislativo_03-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/81/decreto_legislativo_03-2020.pdf</t>
   </si>
   <si>
     <t>Decreto Legislativo 003/2020</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Câmara Municipal de Ponte Alta do Norte - CMPAN</t>
   </si>
   <si>
     <t>MOÇÃO 001/2020</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/35/mocao_002-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/35/mocao_002-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO 002/2020</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Moção de Apelo 003/2020</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/70/mocao_004-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/70/mocao_004-2020.pdf</t>
   </si>
   <si>
     <t>Moção 004/2020</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Poder Executivo - EXECUTIVO</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REVERTER GLEBA DE TERRAS DOADAS ATRAVÉS DA LEI N 526/2003 AO PATRIMÔNIO MUNICIPAL E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL DOS NÍVEIS DE VENCIMENTOS, SALÁRIOS E PROVENTOS, CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
@@ -335,390 +335,390 @@
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxilio financeiro a estudantes no ano letivo de 2020.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste dos níveis de vencimentos, salários e proventos, cargos em comissão e funções gratificadas dos servidores públicos do municipio de Ponte Alta do Norte e dá outras providencias.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Altera a lei nº 1153/2020, que institui o programa de recuperação fiscal no município de Ponte Alta do Norte e dá outras providencias.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da fiscalização dos contratos administrativos da lei federal nº 8666/93 e Lei Federal 10520/2002 e dá outras providencias.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/28/projeto_de_lei_0072020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/28/projeto_de_lei_0072020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a conservação e edificação do calçamento do passeio público (calçadas) do município de Ponte Alta do Norte - SC, Estabelece penalidades para o seu descumprimento, institui subsídio para a edificação de passeios públicos aos munícipes de baixa renda e dá outras providencias.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/37/projeto_de_lei_executivo_008-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/37/projeto_de_lei_executivo_008-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA 'KIT PREVENÇÃO' , DE DISTRIBUIÇÃO DE MÁSCARAS DE PROTEÇÃO FACIAL FABRICADAS EM TECIDO E REUTILIZÁVEIS, PARA FAMÍLIAS CARENTES E FUNCIONÁRIOS QUE TRABALHAM EM EMPRESAS LOCAIS, COMO POLÍTICA PÚBLICA DIANTE À PANDEMIA DE CORONAVIRUS, E DÁ PROVIDENCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/41/projeto_de_lei_009_2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/41/projeto_de_lei_009_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a emitir certidão de regularização fundiária (CRF) de interesse social (REURB-s) da quadra nº 04 e quadra nº 28, do bairro quatro Pinheiros, neste Município e ainda a reconhecer o direito de propriedade aos ocupantes do núcleo urbano informal regularizado e dá outras providências.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/43/projeto_de_lei_executivo_010-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/43/projeto_de_lei_executivo_010-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do plano plurianual 2018/2021, instituído pela lei 1097/2017 do Município de Ponte Alta do Norte e dá outras providencias.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/44/projeto_de_lei_executivo_11-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/44/projeto_de_lei_executivo_11-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a firmar convenio com o banco Bradesco S.A. dá outras providencias.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/45/projeto_de_lei_n._012.2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/45/projeto_de_lei_n._012.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo acrescer dispositivos no estatuto do Consorcio Intermunicipal do Contestado - COINCO e dá outras providencias.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/55/projeto_de_lei_executivo_013-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/55/projeto_de_lei_executivo_013-2020.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Ponte Alta do Norte para o Exercício de 2021.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/56/projeto_de_lei_executivo_014-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/56/projeto_de_lei_executivo_014-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária do Município, para o exercício 2021, e dá providencias.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/57/projeto_de_lei_executivo_015-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/57/projeto_de_lei_executivo_015-2020.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 2º, inciso I e II, da lei n 1072/2016, que autoriza o Poder Executivo Municipal a conceder auxilio moradia e auxilio alimentação/água potável/Higiene Básica aos médicos vinculados ao programa mais médicos, em conformidade com  o termo de adesão do município de Ponte Alta do Norte e dá outras providencias.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/73/projeto_de_lei_-_016-2020_-_cis-amures.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/73/projeto_de_lei_-_016-2020_-_cis-amures.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no protocolo de intenções, consubstanciado n o contrato de Consorcio Público do Consorcio Intermunicipal de Saúde da AMURES (CIS-AMURES), e dá outras providencias.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/77/projeto_de_lei_executivo_17-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/77/projeto_de_lei_executivo_17-2020.pdf</t>
   </si>
   <si>
     <t>Fixa o valor da unidade fiscal do municipio de Ponte Alta do Norte, para exercício de 2021, e dá outras providencias.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/78/projeto_de_lei_executivo_18-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/78/projeto_de_lei_executivo_18-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do Imposto Predial e Territorial Urbano para exercício financeiro de 2021, e dá outras providencias.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Declara de utilidade publica a Associação de Moradores de Ponte Alta do Norte - AMOPAN e da outras providencias.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO GERAL ANUAL PREVISTA NO ARTIGO 37, INCISO X DA CONSTITUIÇÃO FEDERAL AOS SUBSIDIOS DOS VEREADORES DO MUNICIPIO DE PONTE ALTA DO NORTE, NOS INDICES CONCEDIDOS AOS SERVIDORES PÚBLICOS DO MUNICIPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL PREVISTA NO ARTIGO 37, INCISO X DA CONSTITUIÇÃO FEDERAL AOS SUBSÍDIOS DO PREFEITO, VICE PREFEITO E SECRETÁRIOS MUNICIPAIS, NOS ÍNDICES CONCEDIDOS AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/22/projeto_de_lei_legislativo_no__004-2020_-_revisao_s9rJ1ED.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/22/projeto_de_lei_legislativo_no__004-2020_-_revisao_s9rJ1ED.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL DOS NÍVEIS DE VENCIMENTOS, SALÁRIOS E PROVENTOS, CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE PONTE ALTA DO NORTE, NOS MESMOS INDICES CONCEDIDOS AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/23/projeto_de_lei_legislativo_no__005-2020_-_reajust_WXo6AzN.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/23/projeto_de_lei_legislativo_no__005-2020_-_reajust_WXo6AzN.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE ANUAL DOS NÍVEIS DE VENCIMENTOS, SALÁRIOS E PROVENTOS, CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE PONTE ALTA DO NORTE, NOS MESMOS ÍNDICES CONCEDIDOS AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/33/projeto_de_lei_legislativo_0062020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/33/projeto_de_lei_legislativo_0062020.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos vereadores da Câmara Municipal de Ponte Alta do Norte e dá outras providencias.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Estabelece o subsídio do Prefeito Municipal e Vice-prefeito e Secretários, de 1º de Janeiro de 2021 a 31 de Dezembro de 2024 observado o que dispõem os artigos. 29, V, 37, XI, 39, §4º da Constituição Federal, artigos 14, VIII, artigo 79 e artigo 93, da Lei Orgânica Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Estabelece o subsídio do Presidente da Câmara Municipal e Vereadores, de 1º de Janeiro de 2021 a 31 de Dezembro de 2024 em atendimento ao artigo 29, VI, alínea "a", da Constituição Federal, artigos 14, VIII e 19, da Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Estabelece a proibição de reflorestamento em áreas declaradas de utilidade pública e ou interesse publico no município de Ponte Alta do Norte-SC e dá outras providencias.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/66/projeto_de_lei_legislativo_10-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/66/projeto_de_lei_legislativo_10-2020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A PROIBIÇÃO DE REFLORESTAMENTO EM UM RAIO DE 500 METROS CONSIDERADO DA ÁREA URBANA LIMÍTROFE NO MUNICIPIO DE PONTE ALTA DO NORTE-SC E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/69/projeto_de_lei_legislativo_011_2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/69/projeto_de_lei_legislativo_011_2020.pdf</t>
   </si>
   <si>
     <t>Estabelece dispositivos de proteção e amparo contra maus-tratos de animais, sanções e penalidades administrativas para aqueles que incorrerem na não observância dos termos da presente Lei no âmbito do município de Ponte Alta do Norte e dá outras providencias.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Institui o programa SEMANA DE AMPARO E PROTEÇÃO AOS ANIMAIS no município de Ponte Alta do Norte e dá outras providencias.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/80/projeto_de_lei_legis_013_reducao_da_area_nao_edificavel_rodovias.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/80/projeto_de_lei_legis_013_reducao_da_area_nao_edificavel_rodovias.docx</t>
   </si>
   <si>
     <t>ASSEGURA O DIREITO DE PERMANÊNCIA DE EDIFICAÇÕES NA FAIXA NÃO EDIFICÁVEL CONTÍGUA ÀS FAIXAS DE DOMÍNIO PÚBLICO DA RODOVIA E PREVÊ A REDUÇÃO DA EXTENSÃO DESSA FAIXA NÃO EDIFICÁVEL PELO LIMITE MÍNIMO DE 5 (CINCO) METROS DE CADA LADO NOS TERMOS DA LEI FEDERAL N. 13.913/2019 no município de Ponte Alta do Norte e dá outras providências.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
     <t>Edson - Baianinho</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/48/pedido_de_informacao_001-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/48/pedido_de_informacao_001-2020.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação 001/2020</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/49/pedido_de_informacao_002-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/49/pedido_de_informacao_002-2020.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação 002/2020</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO 3</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/60/pedido_de_informacao_004-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/60/pedido_de_informacao_004-2020.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação 004/2020</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Rubens - Binho</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/63/pedido_de_informacao_005-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/63/pedido_de_informacao_005-2020.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação 005/2020</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Pedido de Informação 006/2020</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Pedido de Informação 007/2020</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/75/pedido_de_informacao_008-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/75/pedido_de_informacao_008-2020.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação 008/2020</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/76/pedido_de_informacao_009-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/76/pedido_de_informacao_009-2020.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação 009/2020</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
     <t>ACRESCENTA AO DISPOSITIVO DA LEI COMPLEMENTAR 025/2007, O CARGO DE AGENTE TÉCNICO DE ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/32/projeto_de_lei_complementar_006-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/32/projeto_de_lei_complementar_006-2020.pdf</t>
   </si>
   <si>
     <t>Altera o Caput do Artigo 1º da Lei Complementar n 065/2018, do auxílio alimentação e dá outras providencias.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/34/projeto_de_lei_complementar_n._004.2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/34/projeto_de_lei_complementar_n._004.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS MEDIDAS ADMINISTRATIVAS A SEREM ADOTADAS NO ÂMBITO DO PODER EXECUTIVO DO MUNICÍPIO DE PONTE ALTA DO NORTE, PARA ENFRENTAMENTO DA EMERGÊNCIA DE SAÚDE PUBLICA DE IMPORTÂNCIA INTERNACIONAL DECORRENTE DO CORONAVÍRUS (COVID-19).</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/36/projeto_de_lei_complementar_executivo_005-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/36/projeto_de_lei_complementar_executivo_005-2020.pdf</t>
   </si>
   <si>
     <t>Institui o processo administrativo tributário, revoga os arts. 66, 67 e da lei municipal nº 060/93 e dá outras providencias.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/61/off-gab-110-2020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/61/off-gab-110-2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar 006/2001, e dá outras providencias.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/64/projeto_de_lei_complementar_-007-2020.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/64/projeto_de_lei_complementar_-007-2020.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA MUNICIPAL DE EDUCAÇÃO E CONSELHO MUNICIPAL DA EDUCAÇÃO E DÁ OUTRAS PROVIDENCIAS.”</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Veto ao projeto de lei legislativo 011/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1037,68 +1037,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/38/indicacao_5-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_06_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/50/indicacao_007_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/51/indicacao_008_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/52/indicacao_009_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/71/indicacao_12-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/72/indicacao_13-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/79/indicacao_014_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/46/decreto_001_2020_JA2T3Af.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/81/decreto_legislativo_03-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/35/mocao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/70/mocao_004-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/28/projeto_de_lei_0072020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/37/projeto_de_lei_executivo_008-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/41/projeto_de_lei_009_2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/43/projeto_de_lei_executivo_010-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/44/projeto_de_lei_executivo_11-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/45/projeto_de_lei_n._012.2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/55/projeto_de_lei_executivo_013-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/56/projeto_de_lei_executivo_014-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/57/projeto_de_lei_executivo_015-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/73/projeto_de_lei_-_016-2020_-_cis-amures.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/77/projeto_de_lei_executivo_17-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/78/projeto_de_lei_executivo_18-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/22/projeto_de_lei_legislativo_no__004-2020_-_revisao_s9rJ1ED.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/23/projeto_de_lei_legislativo_no__005-2020_-_reajust_WXo6AzN.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/33/projeto_de_lei_legislativo_0062020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/66/projeto_de_lei_legislativo_10-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/69/projeto_de_lei_legislativo_011_2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/80/projeto_de_lei_legis_013_reducao_da_area_nao_edificavel_rodovias.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/48/pedido_de_informacao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/49/pedido_de_informacao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/60/pedido_de_informacao_004-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/63/pedido_de_informacao_005-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/75/pedido_de_informacao_008-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/76/pedido_de_informacao_009-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/32/projeto_de_lei_complementar_006-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/34/projeto_de_lei_complementar_n._004.2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/36/projeto_de_lei_complementar_executivo_005-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/61/off-gab-110-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/64/projeto_de_lei_complementar_-007-2020.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/38/indicacao_5-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_06_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/50/indicacao_007_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/51/indicacao_008_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/52/indicacao_009_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/71/indicacao_12-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/72/indicacao_13-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/79/indicacao_014_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/46/decreto_001_2020_JA2T3Af.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/81/decreto_legislativo_03-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/35/mocao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/70/mocao_004-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/28/projeto_de_lei_0072020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/37/projeto_de_lei_executivo_008-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/41/projeto_de_lei_009_2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/43/projeto_de_lei_executivo_010-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/44/projeto_de_lei_executivo_11-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/45/projeto_de_lei_n._012.2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/55/projeto_de_lei_executivo_013-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/56/projeto_de_lei_executivo_014-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/57/projeto_de_lei_executivo_015-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/73/projeto_de_lei_-_016-2020_-_cis-amures.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/77/projeto_de_lei_executivo_17-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/78/projeto_de_lei_executivo_18-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/22/projeto_de_lei_legislativo_no__004-2020_-_revisao_s9rJ1ED.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/23/projeto_de_lei_legislativo_no__005-2020_-_reajust_WXo6AzN.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/33/projeto_de_lei_legislativo_0062020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/66/projeto_de_lei_legislativo_10-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/69/projeto_de_lei_legislativo_011_2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/80/projeto_de_lei_legis_013_reducao_da_area_nao_edificavel_rodovias.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/48/pedido_de_informacao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/49/pedido_de_informacao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/60/pedido_de_informacao_004-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/63/pedido_de_informacao_005-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/75/pedido_de_informacao_008-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/76/pedido_de_informacao_009-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/32/projeto_de_lei_complementar_006-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/34/projeto_de_lei_complementar_n._004.2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/36/projeto_de_lei_complementar_executivo_005-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/61/off-gab-110-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2020/64/projeto_de_lei_complementar_-007-2020.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>