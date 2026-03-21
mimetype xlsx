--- v0 (2025-12-12)
+++ v1 (2026-03-21)
@@ -54,1209 +54,1209 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rubia Schmidt Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_001_2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_001_2021.docx</t>
   </si>
   <si>
     <t>Indicação n°001/2021.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Maurelias</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_002_2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_002_2021.docx</t>
   </si>
   <si>
     <t>Indicação 002/2021.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_003_2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_003_2021.docx</t>
   </si>
   <si>
     <t>Indicação 003/2021.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Jonas Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_4-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_4-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 004/2021.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Douglas Maron</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_5-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_5-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 005/2021.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_6-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_6-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 006/2021.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_7-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_7-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 007/2021.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Edson - Baianinho</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_8-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_8-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 008/2021.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_9-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_9-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 009/2021.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Michel Moreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_10-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_10-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 010/2021.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_11-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_11-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 011/2021.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/109/indicacao_12-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/109/indicacao_12-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 012/2021.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Luiz Felipe Ozório</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_13-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_13-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 013/2021.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_14-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_14-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 014/2021.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_015-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_015-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 015/2021.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_016-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_016-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 016/2021.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_017-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_017-2021.pdf</t>
   </si>
   <si>
     <t>Indicação 017/2021.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_018_2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_018_2021.docx</t>
   </si>
   <si>
     <t>Indicação 018/2021.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_019_2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_019_2021.docx</t>
   </si>
   <si>
     <t>Indicação 019/2021.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/117/indicacao_020_2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/117/indicacao_020_2021.docx</t>
   </si>
   <si>
     <t>Indicação 020/2021.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_021_2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_021_2021.docx</t>
   </si>
   <si>
     <t>Indicação 021/2021.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_022_2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_022_2021.docx</t>
   </si>
   <si>
     <t>Indicação 022/2021.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_23-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_23-2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIA TESTAGEM RÁPIDA NO SERVIDORES DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_024_2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_024_2021.docx</t>
   </si>
   <si>
     <t>Indicação 024/2021.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_025_2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_025_2021.docx</t>
   </si>
   <si>
     <t>Indicação 025/2021.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_26-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_26-2021.pdf</t>
   </si>
   <si>
     <t>Manutenção da rede de iluminação pública.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_027_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_027_2021.pdf</t>
   </si>
   <si>
     <t>Indicação 027/2021.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Nelci de Oliveira Alves</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_28-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_28-2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE LOMBADA NA RUA ALCIDES RECH.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_029_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_029_2021.pdf</t>
   </si>
   <si>
     <t>Instalação de interfones e portões eletrônicos  nas escolas municipais.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_030_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_030_2021.pdf</t>
   </si>
   <si>
     <t>Reforma quadra de areia Bairro Quatro Pinheiros.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_031_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_031_2021.pdf</t>
   </si>
   <si>
     <t>Instalação de passeios públicos nas Ruas Luiz Meneguzzi, Melchiades Moreira da Silva.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Rubia Schmidt Ribeiro, Douglas Maron, Nelci de Oliveira Alves</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_032_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_032_2021.pdf</t>
   </si>
   <si>
     <t>Instalação de iluminação pública no Cemitério Municipal São José.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_033_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_033_2021.pdf</t>
   </si>
   <si>
     <t>Construção de uma lombada na Rua Leovegildo Boaventura, Bairro Loteamento Pereira.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Maurelias, Jonas Pereira, Michel Moreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_034_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_034_2021.pdf</t>
   </si>
   <si>
     <t>Teste RT-PCR (COVID-19) nos primeiros sintomas da doença nos munícipes.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_035_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_035_2021.pdf</t>
   </si>
   <si>
     <t>Indicação 035/2021.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_036_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_036_2021.pdf</t>
   </si>
   <si>
     <t>Indicação 036/2021.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_037_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_037_2021.pdf</t>
   </si>
   <si>
     <t>Indicação 037/2021.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_038_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_038_2021.pdf</t>
   </si>
   <si>
     <t>Construção de jazigos sobrepostos "gavetas" no espaço que será ampliado no cemitério municipal.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_039_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_039_2021.pdf</t>
   </si>
   <si>
     <t>Realização de um estudo de viabilidade para a contratação de um veterinário.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_040_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_040_2021.pdf</t>
   </si>
   <si>
     <t>Intervenção a Super Intendência Regional das Agências dos Correios, para a volta da disponibilização do serviço de carteiro no município;</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_041_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_041_2021.pdf</t>
   </si>
   <si>
     <t>Indicação 041/2021</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_042_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_042_2021.pdf</t>
   </si>
   <si>
     <t>Construção de uma lombada na Rua Juvenal Goetten- Bairro Quatro Pinheiros.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_043_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_043_2021.pdf</t>
   </si>
   <si>
     <t>Instalação de placas indicativas nas ruas com seus respectivos logradouros.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Michel Moreira da Silva, Jonas Pereira, João Ubirajara da Silva, Maurelias</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_044_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_044_2021.pdf</t>
   </si>
   <si>
     <t>Criação de um programa de auxílio aos agricultores para fortalecimento da agricultura familiar e agronegócio.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_045_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_045_2021.pdf</t>
   </si>
   <si>
     <t>Reforma, ampliação e construção de uma área coberta na Escola Núcleo Municipal José de Anchieta.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_46-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_46-2021.pdf</t>
   </si>
   <si>
     <t>Construção de uma lombada na Rua Delfino Marcelo, Bairro Bela Vista.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>João Ubirajara da Silva, Jonas Pereira, Maurelias, Michel Moreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_047_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_047_2021.pdf</t>
   </si>
   <si>
     <t>Reparos na quadra de esporte da Escola Municipal Recanto da Criança, e redução da taxa referente ao aluguel dos horários.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Maurelias, Jonas Pereira, João Ubirajara da Silva, Michel Moreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_048_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_048_2021.pdf</t>
   </si>
   <si>
     <t>Indicação 048/2021;</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_049_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_049_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revitalização do parque infantil localizado na Rua Luiz Meneguzzi, Bairro Rondinha;</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/</t>
   </si>
   <si>
     <t>INDICAÇÃO 50/2021</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_051_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_051_2021.pdf</t>
   </si>
   <si>
     <t>Indicação 051/2021.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/84/projeto_de_decreto_legislativo_pandemia_covid-19_-_01-02-2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/84/projeto_de_decreto_legislativo_pandemia_covid-19_-_01-02-2021.docx</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES E PROCEDIMENTOS NO ÂMBITO DA CÂMARA MUNICIPAL  DE PONTE ALTA DO NORTE DE MEDIDAS PREVENTIVAS EM FACE DA PANDEMIA - COVID-19 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/119/mocao_apelo_-_celesc_-_queda_energia_eletrica_-_05-04-2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/119/mocao_apelo_-_celesc_-_queda_energia_eletrica_-_05-04-2021.docx</t>
   </si>
   <si>
     <t>Moção 001/2021.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/152/mocao_apelo_-_correios_-_carteiro_-_15-6-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/152/mocao_apelo_-_correios_-_carteiro_-_15-6-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo 002/2021.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Câmara Municipal de Ponte Alta do Norte - CMPAN</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/188/mocao_aplauso_-_epagri.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/188/mocao_aplauso_-_epagri.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO a  EMPRESA DE PESQUISA AGROPECUÁRIA E EXTENSÃO RURAL DE SANTA CATARINA - EPAGRI</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/189/mocao_aplauso_-_juliano.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/189/mocao_aplauso_-_juliano.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO em favor do Sr. Juliano Sérgio Lopes</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxilio financeiro a estudantes no ano Letivo 2021 e da outras providencias.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Poder Executivo - EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/86/projeto_de_lei_n._002.2021_-_altera_refis.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/86/projeto_de_lei_n._002.2021_-_altera_refis.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1153/2020, QUE INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL NO MUNICIPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/87/projeto_de_lei_-_003-2021-_revisao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/87/projeto_de_lei_-_003-2021-_revisao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS NÍVEIS DE VENCIMENTOS, SALÁRIOS E PROVENTOS, CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DOS SERVIDORES PÚBLICOS MUNICÍPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/106/projeto_de_lei_-_004-2021-_camaras.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/106/projeto_de_lei_-_004-2021-_camaras.pdf</t>
   </si>
   <si>
     <t>PERMITE O VÍDEO MONITORAMENTO EM ESCOLAS E CENTROS DE EDUCAÇÃO  INFANTIS DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/98/projetode_lei_executivo_005-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/98/projetode_lei_executivo_005-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convenio com o CIEE - Centro de Integração Empresa-Escola do Estado de Santa Catarina e dá outras providencias.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/99/projetode_lei_executivo_006-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/99/projetode_lei_executivo_006-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar acordo de cooperação técnica entre o município de Ponte Alta do Norte e o Estado de Santa Catarina, por meio do IGP - Instituto Geral das Perícias, e dá outras providencias.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_de_lei_do_executivo_007-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_de_lei_do_executivo_007-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar parceria com prorietarios de imoveis para fornecimento de pedras de revestimento e da outras providencias.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_de_lei_do_executivo_008-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_de_lei_do_executivo_008-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o ingresso do município de Ponte Alta do Norte no Consórcio Público denominado de Agencia Reguladora Intermunicipal de Saneamento (ARIS), ratificando o protocolo de intenções que o criou e dando outras providencias.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_de_lei_executivo_009-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_de_lei_executivo_009-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal criar o Programa Biblioteca Itinerante, utilizando um veiculo ônibus do Patrimônio Municipal e da outras providencias.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei-010-2021_1.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei-010-2021_1.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARAGRAFO QUINTO AO ARTIGO 2º, DA LEI Nº 1072/2016, AUTORIZANDO O PODER EXECUTIVO MUNICIPAL A CONCEDER AJUDA DE CUSTO AOS MÉDICOS VINCULADOS AO PROGRAMA MAIS MÉDICOS, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_no_011-2021-_desafetacao_onibus.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_no_011-2021-_desafetacao_onibus.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DESAFETAÇÃO DE USO DE ÔNIBUS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E DESPORTO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_executivo_012-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_executivo_012-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A MOVIMENTAR DOTAÇÕES ORÇAMENTARIAS DENTRO DA MESMA ATIVIDADE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_n._013.2021-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_n._013.2021-_dotacao.pdf</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_executivo_014-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_executivo_014-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Municipal de pavimentação comunitária, e dá outras providencias.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_n._015-2021-_suspende_efeito.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_n._015-2021-_suspende_efeito.pdf</t>
   </si>
   <si>
     <t>SUSPENDE OS EFEITOS DAS LEIS MUNICIPAIS Nº 1191/2021, 1198/2021, 1199/2021 E 1200/2021 E DAS OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_de_lei__16-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_de_lei__16-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar acordo de cooperação, com ICASA - Instituto Catarinense de Sanidade Agropecuária, e dá outras providencias.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/161/projeto_de_lei_17-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/161/projeto_de_lei_17-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Ponte Alta do Norte, para os exercícios de 2022/2025 e dá outras providencias.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_n._018.2021_-_zoonoses.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_n._018.2021_-_zoonoses.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre controle de zoonoses, controle das populações de animais e do bem-estar animal do município de Ponte Alta do Norte-SC e dá outras providencias.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/163/projeto_de_lei_-_019-2021-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/163/projeto_de_lei_-_019-2021-_dotacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A MOVIMENTAR DOTAÇÕES ORÇAMENTÁRIAS DENTRO DA MESMA ATIVIDADE E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/165/projeto_de_lei.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/165/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre a criação do Conselho Municipal de acompanhamento e controle social do Fundo de Manutenção e Desenvolvimento da Educação Basica e de Valorização dos Profissionais da Educação-Conselho do FUNDEB</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/166/oficio_e_projeto_de_lei_ldo.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/166/oficio_e_projeto_de_lei_ldo.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre as diretrizes para elaboração da Lei Orçamentária do Municipio, para o Exercício de 2022 e dá outras providencias.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A MOVIMENTAR DOTAÇÕES ORÇAMENTARIAS DENTRO DA MESMA ATIVIDADE E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/171/projeto_de_lei_no_025-2021-_loa_2022_1.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/171/projeto_de_lei_no_025-2021-_loa_2022_1.pdf</t>
   </si>
   <si>
     <t>Lei Orçamentaria Anual (LOA), Estima e fixa a despesa do municipio de Ponte Alta do Norte para o exercício de 2022 e da outras providencias.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/174/projeto_de_lei_no_026_e_027_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/174/projeto_de_lei_no_026_e_027_-_dotacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar dotações orçamentarias dentro da mesma atividade e da outras providencias.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_no_026_e_027_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_no_026_e_027_-_dotacao.pdf</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/178/projetos_de_leis_-_028_e_029-_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/178/projetos_de_leis_-_028_e_029-_2021.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DA UNIDADE FISCAL DO MUNICIPIO DE PONTE ALTA DO NORTE E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/179/projetos_de_leis_-_028_e_029-_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/179/projetos_de_leis_-_028_e_029-_2021.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE O PAGAMENTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO PARA EXERCÍCIO FINANCEIRO DE 2022 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei-030-2021-_suplementacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei-030-2021-_suplementacao.pdf</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convenio com o Estado de Santa Catarina para instalação e manutenção de um sistema de videomonitoramento urbano composto de câmeras de vídeo  no município de Ponte Alta do Norte e da outras providencias.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL PREVISTA NO ARTIGO 37, INCISO X DA CONSTITUIÇÃO FEDERAL AOS SUBSIDIOS DOS VEREADORES DO MUNICIPIO DE PONTE ALTA DO NORTE, NOS INDICES CONCEDIDOS AOS SERVIDORES PÚBLICOS DO MUNICIPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/89/projeto_de_lei_legislativo_no__002-2021_-_revisao_geral_anual_prefeito_-_vice_-_secretarios.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/89/projeto_de_lei_legislativo_no__002-2021_-_revisao_geral_anual_prefeito_-_vice_-_secretarios.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL PREVISTA NO ARTIGO 37, INCISO X DA CONSTITUIÇÃO FEDERAL AOS SUBSIDIOS DO PREFEITO, VICE PREFEITO E SECRETÁRIOS MUNICIPAIS, NOS INDICES CONCEDIDOS AOS SERVIDORES PÚBLICOS DO MUNICIPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/90/projeto_de_lei_legislativo_no__003-2021_-_revisao_geral_anual_servidores.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/90/projeto_de_lei_legislativo_no__003-2021_-_revisao_geral_anual_servidores.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL DOS NÍVEIS DE VENCIMENTOS, SALÁRIOS E PROVENTOS, CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE PONTE ALTA DO NORTE, NOS MESMOS INDICES CONCEDIDOS AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/94/projeto_de_lei_legislativo_004-2021_-_da_denominacao_a_proprio_publico.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/94/projeto_de_lei_legislativo_004-2021_-_da_denominacao_a_proprio_publico.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO CENTRO CULTURAL DO MUNICÍPIO DE PONTE ALTA DO NORTE "CENTRO CULTURAL VITALINA DOS SANTOS" E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
     <t>João Ubirajara da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/85/pedido_de_informacao_001-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/85/pedido_de_informacao_001-2021.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação 001/2021</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/91/pedido_de_informacao_n_002-2021.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/91/pedido_de_informacao_n_002-2021.doc</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO 002/2021</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/92/pedido_de_informacao_n._2021docx.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/92/pedido_de_informacao_n._2021docx.docx</t>
   </si>
   <si>
     <t>Pedido de Informação 03/2021.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/127/pedido_de_informacao_n._04_2021.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/127/pedido_de_informacao_n._04_2021.docx</t>
   </si>
   <si>
     <t>Pedido de Informação 004/2021.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/150/pedido_de_informacao_005_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/150/pedido_de_informacao_005_2021.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação 005/2021.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Re</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/186/projeto_de_resolucao_procuradoria_especial_da_mulher.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/186/projeto_de_resolucao_procuradoria_especial_da_mulher.docx</t>
   </si>
   <si>
     <t>CRIA A PROCURADORIA ESPECIAL DA MULHER NO ÂMBITO DA CÂMARA MUNICIPAL DE PONTE ALTA DO NORTE – SC, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>REQUERIMENTO DE DIÁRIA PARA OS VEREADORES PARA DESLOCAMENTO ATÉ A CIDADE DE FLORIANÓPOLIS.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento_02-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento_02-2021.pdf</t>
   </si>
   <si>
     <t>Solicita liberação de diárias para vereadores/servidores para viagem a Florianópolis-SC</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/149/requerimento_003_2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/149/requerimento_003_2021.pdf</t>
   </si>
   <si>
     <t>Requerimento 003/2021.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>OFF/GAB/128/2021 - SOLICITA REGIME DE URGÊNCIA REFERENTE AO PROJETO DE LEI 19/2021</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/176/projeto_de_lei_no_026_e_027_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/176/projeto_de_lei_no_026_e_027_-_dotacao.pdf</t>
   </si>
   <si>
     <t>OFF/GAB/205/2021 - SOLICITA REGIME DE URGÊNCIA NA TRAMITAÇÃO DOS PROJETOS DE LEI 026/2021 E 027/2021 (SEM JUSTIFICATIVA).</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento_06-2021.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento_06-2021.doc</t>
   </si>
   <si>
     <t>Requer a liberação de 6 (seis) diárias para os vereadores: Douglas Maron, Luiz Felipe R. Ozório, Edson Luiz da Costa e Nelci de Oliveira Alves, para a Assessora Parlamentar Dainatan Suelen Santos e para a própria presidente, Rubia Schmidt Ribeiro.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/183/projeto_de_lei_-_031-_2021_-_convenio.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/183/projeto_de_lei_-_031-_2021_-_convenio.pdf</t>
   </si>
   <si>
     <t>SOLICITA REGIME DE URGÊNCIA REFERENTE AO PROJETO DE LEI 031/2021.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_08-2021.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_08-2021.doc</t>
   </si>
   <si>
     <t>requerer a liberação de 03 (três) diárias para viagem a Florianópolis-SC, para os vereadores: Maurelias Aires, Jonas Pereira e João Ubirajara da Silva</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/93/off-gab-024-2021_e_plc_001-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/93/off-gab-024-2021_e_plc_001-2021.pdf</t>
   </si>
   <si>
     <t>FICA ALTERADO O ART. 11, INCISO II, COM REFERENCIA AS VAGAS E OS VENCIMENTOS DO CARGO DE AGENTE COMUNITÁRIO DA SAÚDE E AGENTE DE ENDEMIAS, INSTITUÍDO PELA LEI COMPLEMENTAR 025/2007 E SUAS ALTERAÇÕES E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_de_lei_complementar_do_executivo_002-2021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_de_lei_complementar_do_executivo_002-2021.pdf</t>
   </si>
   <si>
     <t>Disciplina a licença por motivos de saúde dos servidores públicos municipais e da outras providencias.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1563,68 +1563,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_001_2021.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_002_2021.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_003_2021.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_4-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_5-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_6-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_7-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_8-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_9-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_10-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_11-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/109/indicacao_12-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_13-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_14-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_015-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_016-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_017-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_018_2021.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_019_2021.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/117/indicacao_020_2021.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_021_2021.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_022_2021.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_23-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_024_2021.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_025_2021.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_26-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_027_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_28-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_029_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_030_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_031_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_032_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_033_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_034_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_035_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_036_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_037_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_038_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_039_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_040_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_041_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_042_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_043_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_044_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_045_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_46-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_047_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_048_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_049_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_051_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/84/projeto_de_decreto_legislativo_pandemia_covid-19_-_01-02-2021.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/119/mocao_apelo_-_celesc_-_queda_energia_eletrica_-_05-04-2021.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/152/mocao_apelo_-_correios_-_carteiro_-_15-6-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/188/mocao_aplauso_-_epagri.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/189/mocao_aplauso_-_juliano.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/86/projeto_de_lei_n._002.2021_-_altera_refis.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/87/projeto_de_lei_-_003-2021-_revisao.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/106/projeto_de_lei_-_004-2021-_camaras.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/98/projetode_lei_executivo_005-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/99/projetode_lei_executivo_006-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_de_lei_do_executivo_007-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_de_lei_do_executivo_008-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_de_lei_executivo_009-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei-010-2021_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_no_011-2021-_desafetacao_onibus.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_executivo_012-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_n._013.2021-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_executivo_014-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_n._015-2021-_suspende_efeito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_de_lei__16-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/161/projeto_de_lei_17-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_n._018.2021_-_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/163/projeto_de_lei_-_019-2021-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/165/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/166/oficio_e_projeto_de_lei_ldo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/171/projeto_de_lei_no_025-2021-_loa_2022_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/174/projeto_de_lei_no_026_e_027_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_no_026_e_027_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/178/projetos_de_leis_-_028_e_029-_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/179/projetos_de_leis_-_028_e_029-_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei-030-2021-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/89/projeto_de_lei_legislativo_no__002-2021_-_revisao_geral_anual_prefeito_-_vice_-_secretarios.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/90/projeto_de_lei_legislativo_no__003-2021_-_revisao_geral_anual_servidores.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/94/projeto_de_lei_legislativo_004-2021_-_da_denominacao_a_proprio_publico.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/85/pedido_de_informacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/91/pedido_de_informacao_n_002-2021.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/92/pedido_de_informacao_n._2021docx.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/127/pedido_de_informacao_n._04_2021.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/150/pedido_de_informacao_005_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/186/projeto_de_resolucao_procuradoria_especial_da_mulher.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento_02-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/149/requerimento_003_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/176/projeto_de_lei_no_026_e_027_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento_06-2021.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/183/projeto_de_lei_-_031-_2021_-_convenio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_08-2021.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/93/off-gab-024-2021_e_plc_001-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_de_lei_complementar_do_executivo_002-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_001_2021.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_002_2021.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_003_2021.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_4-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_5-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_6-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_7-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_8-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_9-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_10-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_11-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/109/indicacao_12-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_13-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_14-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_015-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_016-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_017-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_018_2021.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_019_2021.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/117/indicacao_020_2021.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_021_2021.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_022_2021.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_23-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_024_2021.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_025_2021.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_26-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_027_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_28-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_029_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_030_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_031_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_032_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_033_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_034_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_035_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_036_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_037_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_038_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_039_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_040_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_041_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_042_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_043_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_044_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_045_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_46-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_047_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_048_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_049_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_051_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/84/projeto_de_decreto_legislativo_pandemia_covid-19_-_01-02-2021.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/119/mocao_apelo_-_celesc_-_queda_energia_eletrica_-_05-04-2021.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/152/mocao_apelo_-_correios_-_carteiro_-_15-6-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/188/mocao_aplauso_-_epagri.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/189/mocao_aplauso_-_juliano.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/86/projeto_de_lei_n._002.2021_-_altera_refis.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/87/projeto_de_lei_-_003-2021-_revisao.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/106/projeto_de_lei_-_004-2021-_camaras.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/98/projetode_lei_executivo_005-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/99/projetode_lei_executivo_006-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_de_lei_do_executivo_007-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_de_lei_do_executivo_008-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_de_lei_executivo_009-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei-010-2021_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_no_011-2021-_desafetacao_onibus.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_executivo_012-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_n._013.2021-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_executivo_014-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_n._015-2021-_suspende_efeito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_de_lei__16-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/161/projeto_de_lei_17-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_n._018.2021_-_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/163/projeto_de_lei_-_019-2021-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/165/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/166/oficio_e_projeto_de_lei_ldo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/171/projeto_de_lei_no_025-2021-_loa_2022_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/174/projeto_de_lei_no_026_e_027_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_no_026_e_027_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/178/projetos_de_leis_-_028_e_029-_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/179/projetos_de_leis_-_028_e_029-_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei-030-2021-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/89/projeto_de_lei_legislativo_no__002-2021_-_revisao_geral_anual_prefeito_-_vice_-_secretarios.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/90/projeto_de_lei_legislativo_no__003-2021_-_revisao_geral_anual_servidores.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/94/projeto_de_lei_legislativo_004-2021_-_da_denominacao_a_proprio_publico.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/85/pedido_de_informacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/91/pedido_de_informacao_n_002-2021.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/92/pedido_de_informacao_n._2021docx.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/127/pedido_de_informacao_n._04_2021.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/150/pedido_de_informacao_005_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/186/projeto_de_resolucao_procuradoria_especial_da_mulher.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento_02-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/149/requerimento_003_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/176/projeto_de_lei_no_026_e_027_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento_06-2021.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/183/projeto_de_lei_-_031-_2021_-_convenio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_08-2021.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/93/off-gab-024-2021_e_plc_001-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_de_lei_complementar_do_executivo_002-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="64.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="165.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="164.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>