--- v0 (2025-12-12)
+++ v1 (2026-03-18)
@@ -54,1390 +54,1390 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jonas Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/295/indicacao_001.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/295/indicacao_001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o rebaixamento da lombada na Rua Albino Casagrande, e dá outras providências.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Rubia Schmidt Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/301/indicacao_002.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/301/indicacao_002.pdf</t>
   </si>
   <si>
     <t>Manutenção da Rua Nossa Senhora da Luz e da rede de iluminação, bairro São Sebastião;</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/302/indicacao_003.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/302/indicacao_003.pdf</t>
   </si>
   <si>
     <t>Manutenção da rede de iluminação do bairro Bela Vista;</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Maurelias</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/309/indicacao_004.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/309/indicacao_004.pdf</t>
   </si>
   <si>
     <t>Criação de uma política de incentivo às atividades de reciclagem de lixo, e a implantação  de uma infraestrutura para deposito de material reciclável no município;</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/312/indicacao_005.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/312/indicacao_005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre um estudo para instalação de uma rotatória, na Rua Nossa Senhora da Luz com a Rua Santa Catarina;</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/313/indicacao_006.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/313/indicacao_006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a continuação do asfalto na Av. Anercindo da Silva Calomeno, e a manutenção da rede de iluminação no local;</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/314/indicacao_007.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/314/indicacao_007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de uma lixeira comunitária, na localidade que dá acesso a Campina Grande;</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/315/indicacao_008.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/315/indicacao_008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a manutenção da Rua 08 de Março;</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_009.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a manutenção da Rua Félix Casagrande, juntamente com a manutenção da rede de iluminação da mesma;</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_010.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a manutenção das estradas do interior do município;</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Maurelias, Jonas Pereira, Michel Moreira da Silva, Nilton Luiz de Castro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao_011.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao_011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação da iluminação na Rua Josefa Pires de Lima;</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao_012.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao_012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação da rede de iluminação na Nadir Casagrande de Moraes;</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao_013.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao_013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão da Indicação de nº 009/2022;</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao_014.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao_014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a locação de patrola motoniveladora para atender as demandas de serviços do município;</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao_015.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao_015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a mudança de local do ponto de ônibus que encontra-se na Rua Rodolfo Walter, para a Rua Nossa Senhora da Luz;</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Michel Moreira da Silva, Jonas Pereira, Maurelias, Nilton Luiz de Castro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao_016.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao_016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de placas de sinalização no município;</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/324/indicacao_017.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/324/indicacao_017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a limpeza/manutenção da saída de esgoto da Rua Nelci Rogério Nunes do Amaral;</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao_018.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao_018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reativação da oficina culinária;</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao_019.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao_019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de melhorias no Centro de Educação Infantil Tia Rose;</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 835/2010, art. 1º, incluindo portadores de neoplasia maligna, insuficiência renal crônica,  autismo e fibromialgia;</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao_021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao_021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de um ponto de ônibos próximo a Escola Estadual Estadual Básica Frei Rogério;</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Douglas Maron</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao_022.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao_022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a manutenção da placa da Quadra de Esportes Cei Tia Rose;</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao_023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao_023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre sobre o recolhimento de lixo e a preservação das lixeiras municipais;</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao_n_24-2023.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao_n_24-2023.doc</t>
   </si>
   <si>
     <t>Que o Chefe do Poder Executivo, providencie junto com a Secretaria de Obras Viação, uma lombada na rua Delfino Marcelo, juntamente com a limpeza e manutenção das bocas de lobos.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao_n_25-2023.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao_n_25-2023.doc</t>
   </si>
   <si>
     <t>Que o Chefe do Poder Executivo, providencie junto com a Secretaria de Obras Viação, Limpeza e revitalização do morro da rua Josefa de lima.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao_n_26-2023.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao_n_26-2023.doc</t>
   </si>
   <si>
     <t>Que o Chefe do Poder Executivo, providencie junto com a Secretaria de Obras Viação, providencie a construção das calçadas de passeios nas Ruas Laureano João Carraro e 30 de março, no bairro São Sebastião.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/344/indicacao_n_27-2023.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/344/indicacao_n_27-2023.doc</t>
   </si>
   <si>
     <t>Solicita a instalação de ar condicionado nas salas de aulas das escolas municipais.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/345/indicacao_n_28-2023.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/345/indicacao_n_28-2023.doc</t>
   </si>
   <si>
     <t>Limpeza do Córrego</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/346/indicacao_n_29-2023.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/346/indicacao_n_29-2023.doc</t>
   </si>
   <si>
     <t>Manutenção das redes da quadra Society</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/347/indicacao_n_30-2023.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/347/indicacao_n_30-2023.doc</t>
   </si>
   <si>
     <t>Lombada na rua João Rauen e que seja feita a manutenção da mesma.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao_031-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao_031-2023.pdf</t>
   </si>
   <si>
     <t>Solicitação de aquisição de kimonos;</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_032-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_032-2023.pdf</t>
   </si>
   <si>
     <t>Colocação de lixeiras na Rua, Renato Goeten e nas demais ruas do município  que não possuem;</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao_033-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao_033-2023.pdf</t>
   </si>
   <si>
     <t>Implantação de um sistema digital na unidade básica de saúde.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_034-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_034-2023.pdf</t>
   </si>
   <si>
     <t>Revisão da indicação 029/2021, incluindo  a presença de um segurança em todas as escolas da rede municipal;</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Michel Moreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_0035-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_0035-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de um ponto de onibus e de lixeiras comunitárias na rua Edilio Pereira no bairro Rondinha.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Nelci de Oliveira Alves</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/361/indicacao_036-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/361/indicacao_036-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA REDE DE ESGOTO INTERLIGADA COM A FOSSA SÉPTICA DAS CASAS DO LOTEAMENTO VÓ MARGARIDA;</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Jonas Pereira, Maurelias, Michel Moreira da Silva, Nilton Luiz de Castro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/366/indicacao_037-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/366/indicacao_037-2023.pdf</t>
   </si>
   <si>
     <t>Instalação de placas redutoras na rua 30 de março;</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/367/indicacao_038-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/367/indicacao_038-2023.pdf</t>
   </si>
   <si>
     <t>Reparos no calçamento da rua Luis Rauen, em frente a casa de número 86;</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/368/indicacao_039-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/368/indicacao_039-2023.pdf</t>
   </si>
   <si>
     <t>Que o poder Executivo, adquira detectores de metais aos vigilantes das escolas municipais;</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/369/indicacao_040-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/369/indicacao_040-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a disponibilização de guaritas aos vigilantes das escolas municipais;</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/375/indicacao_041-20233.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/375/indicacao_041-20233.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIE JUNTAMENTE COM A COMPANHIA ELÉTRICA CELESC,  A EXTENÇÃO DA REDE DE ILUMINAÇÃO NA RUA RODOLFFO WALTER, APARTIR DA CASA E Nº22 ATÉ A ESQUINA COM A RUA FIORAVANTE SOUSA CRUZ.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Edson - Baianinho</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/376/indicacao_042-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/376/indicacao_042-2023.pdf</t>
   </si>
   <si>
     <t>Que o chefe do Poder Executivo, JUNTAMENTE COM O SETOR RESPONSÁVEL, CRIE A IMPLANTAÇÃO DE UM  PISO SALÁRIO AOS PROFESSORES DO MAGISTÉRIO, COM BASE A REGIÃO DA AMURC;</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/381/indicacao_043-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/381/indicacao_043-2023.pdf</t>
   </si>
   <si>
     <t>Que o chefe do Poder Executivo, JUNTAMENTE COM O SETOR DE OBRAS VIAÇÃO E URBANISMO, REALIZE A MANUTENÇÃO E LIMPEZA DA RUA JOSEFA PIRES DE LIMA;</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/382/indicacao_0044.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/382/indicacao_0044.pdf</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE LIXEIRAS COMUNITÁRIAS NOVAS  EM FRENTE AOS COMÉRCIOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/390/indicacao_045-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/390/indicacao_045-2023.pdf</t>
   </si>
   <si>
     <t>Que o chefe do Poder Executivo, JUNTAMENTE COM O SETOR DE OBRAS, REALIZE A MANUTENÇÃO E LIMPEZA DAS BOCAS DE LOBO DO BAIRRO LOTEAMENTO PEREIRA.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/391/indicacao_046-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/391/indicacao_046-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE  DE UMA LOMBADA NA ESTRADA GERAL VIA BOSSARDI, CAMPINA GRANDE;</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/404/indicacao_047-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/404/indicacao_047-2023.pdf</t>
   </si>
   <si>
     <t>Que o chefe do Poder Executivo, REALIZE A COLOCAÇÃO DE FILTROS E FOSSAS  SÉPTICAS NOS BANHEIROS DO CENTRO DE EVENTOS PAULO BORELLA, JUNTAMENTE COM A EMPRESA RESPONSÁVEL PELA OBRA;</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/411/indicacao_048-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/411/indicacao_048-2023.pdf</t>
   </si>
   <si>
     <t>Que o chefe do Poder Executivo, REALIZE JUNTAMENTE COM O SETOR RESPONSÁVEL, A MANUTENÇÃO E LIMPEZA DOS BUEIROS, SENTIDO BOSSARDI; (ESTRADA GERAL, LOCALIDADE CAMPINA GRANDE).</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/412/indicacao_049-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/412/indicacao_049-2023.pdf</t>
   </si>
   <si>
     <t>Que o chefe do Poder Executivo, REALIZE JUNTAMENTE COM O SETOR RESPONSÁVEL, A MANUTENÇÃO DA REDE ELÉTRICA DA RUA NADIR CASAGRANDE DE MORAIS;</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/413/indicacao_050-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/413/indicacao_050-2023.pdf</t>
   </si>
   <si>
     <t>Que o Chefe do Poder Executivo, NA MEDIDA DO POSSÍVEL, PROVIDENCIE JUNTAMENTE COM O SETOR RESPONSÁVEL, PARA QUE SEJA AUMENTADO A VASÃO DOS BUEIROS, SENDO COLOCADO MAIS UMA CARREIRA DE TUBOS, PARA QUE A ÁGUA DA CHUVA NÃO VENHA DANIFICAR A ESTRADA LOCALIZADA CAMPINA DA PEDRA;</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/424/indicacao_051-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/424/indicacao_051-2023.pdf</t>
   </si>
   <si>
     <t>Que o Chefe do Poder Executivo, NA MEDIDA DO POSSÍVEL, PROVIDENCIE JUNTAMENTE COM O SETOR DE OBRAS, A MANUTENÇÃO DO VAZAMENTO DE ÁGUA NA PRAÇA “MARCOS MARGHOTTI” NO BAIRRO RONDINHA;</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Câmara Municipal de Ponte Alta do Norte - CMPAN</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/405/decreto_legislativo_0012023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/405/decreto_legislativo_0012023.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>André Heidemanns Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Concede titulo de cidadão honorário ao senhor deputado Marcos Luiz Vieira.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>Concede titulo de cidadão honorário ao senhor deputado Nilso José Berlanda</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>CFO - Fin</t>
   </si>
   <si>
     <t>Aprova as Contas da Prefeitura Municipal de Ponte Alta do Norte referente ao ano de 2022 e dá outras providencias.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/359/mocao_de_apelo_01_1.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/359/mocao_de_apelo_01_1.docx</t>
   </si>
   <si>
     <t>Prefeito Municipal de Ponte Alta do Norte – SC, para que contrate efetivo de vigilância nas Escolas Municipais, Centros de Educação Infantis, e demais estabelecimentos educacionais localizados neste município.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>Jonas Pereira, André Heidemanns Aguiar, Douglas Maron, Edson - Baianinho, Maurelias, Michel Moreira da Silva, Nelci de Oliveira Alves, Nilton Luiz de Castro, Rubia Schmidt Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/360/mocao_de_aplauso_n.02-2023.doc.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/360/mocao_de_aplauso_n.02-2023.doc.docx</t>
   </si>
   <si>
     <t>Moção de Aplauso referente aos atletas do jiu-jitsu que estiveram participando dos campeonatos de 2022 e 2023</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>Michel Moreira da Silva, André Heidemanns Aguiar, Douglas Maron, Edson - Baianinho, Jonas Pereira, Maurelias, Nelci de Oliveira Alves, Nilton Luiz de Castro, Rubia Schmidt Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/389/mocao_3-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/389/mocao_3-2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO 03/2023 - CELESC – CENTRAIS ELETRICAS DE SANTA CATARINA, para que efetue melhoria na rede de energia elétrica deste município, em especial na rede elétrica das ruas Renato Goetten,  Nelci Rogério Nunes do Amaral, Nadir Granemann Calomeno e João Laureano Carraro, todas localizadas no bairro São Sebastião, município de Ponte Alta do Norte – SC.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/409/mocao_de_apelo_04.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/409/mocao_de_apelo_04.docx</t>
   </si>
   <si>
     <t>vem apelar a SECRETARIA DE ESTADO DE INFRAESTRUTURA DE SANTA CATARINA, na pessoa do Sr.  Secretário Estadual de Infra Estrutura, DEPUTADO JERRY COMPER, para que seja dado continuidade aos tramites necessários ao início da pavimentação asfáltica da Rodovia Ulisses Gaboardi, que liga os municípios de Curitibanos à São Cristóvão  do Sul –SC.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/425/mocao_de_aplauso_n.05-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/425/mocao_de_aplauso_n.05-2023.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Senhor diretor, João Luis Margotti;</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Poder Executivo - EXECUTIVO</t>
   </si>
   <si>
     <t>REGULAMENTA O DISPOSTO NO § 3º DO ART. 100 DA CONSTITIÇÃO FEDERL, COM A REDAÇÃO DADA PELA EMENDA CONSTITUICIONAL N 30, DE 13 DE SETEMBRO DE 2000, E O ARTIGO 87 DO ATO DAS DISPOSIÇÕES CONSTITUCIONAIS TRANSITÓRIAS ACRESCIDOS PELA EMENDA CONSTITUCIONAL N 37, DE 12 DE JUNHO DE 2002 DEFININDO OBRIGAÇÕES DE PEQUENO VALOR PARA O MUNICIPIO.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>DISPOE SOBRE REVISÃO GERAL ANUAL DOS NIVEIS DE VENCIMENTOS, SALARIOS E PROVENTOS, CARGOS EM COMISSÃO E FUNÇÕES GRATIVIDAS DOS SERVIDORES PUBLICOS MUNICIPIO DE PONTE ALTA DO NORTE E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>DISPOE SOBRE REAJUSTE DOS NIVEIS DE VENCIMENTOS, SALARIOS E PROVENTOS CARGOSEM COMISSÃO E FUNÇÕES GRATIFICADAS DOS SERVIDORES PUBLICOS DO MUNICIPIO DE PONTE ALTA DO NORTE E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_-004-2023_-.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_-004-2023_-.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A FORMALIZAÇÃO DE CONVENIO COM A FUNDAÇÃO UNIVERSIDADE DO ALTO VALE DO RIO DO PEIXE -  UNIARP E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_-_005-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_-_005-2023.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A LOCALIZAÇÃO, INSTALAÇÃO, EDIFICAÇÕES, FUNCIONAMENTO, ORGANIZAÇÃO E ADMINSITRAÇÃO DE CEMITÉRIOS NO AMBITO DO MUNICIPIO DE PONTE ALTA DO NORTE</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/310/oficio_e_projeto_de_lei_006-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/310/oficio_e_projeto_de_lei_006-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS, PARA O EXERCICIO DE 2023, NO MUNICIPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_-_007_-_2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_-_007_-_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Ponte Alta do Norte a celebrar convenio de cooperação técnica com o Consórcio Público denominado de Agencia Reguladora Intermunicipal de Saneamento (ARIS), visando atualizar o plano municipal de saneamento.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_-_008_-_2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_-_008_-_2023.pdf</t>
   </si>
   <si>
     <t>Permite, nas hipóteses prevista, empréstimo consignado pelos servidores públicos municipais com margem consignável e prazos superiores aos usuais, e dá outras providencias.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/340/projeto_-_009_-_2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/340/projeto_-_009_-_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a movimentar dotações orçamentárias, abrir credito especial e da outras providencias.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_-_010_-_2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_-_010_-_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a desafetar do uso público e alienar, por leilão, bens inservíveis, veículos e demais materiais.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_11-20023_-_conselho_tutelar.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_11-20023_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Estabelece a estrutura e o funcionamento do Conselho Tutelar de Ponte Alta do Norte e dá outras providencias.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/364/projeto_de_lei_-_dotacao_-_ponte.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/364/projeto_de_lei_-_dotacao_-_ponte.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar dotações orçamentarias, abrir crédito especial e da outras providencias.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/371/oficio_-_projeto_de_lei_n._013-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/371/oficio_-_projeto_de_lei_n._013-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVENIO COM O ESTADO DE SANTA CATARINA, ATRAVÉS DA POLICIA MILITAR, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_lei_no_014-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_lei_no_014-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece normas gerais para o processo administrativo no âmbito da administração Pública Municipal</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/377/projeto_de_lei_-015-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/377/projeto_de_lei_-015-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVENIO COM O MUNICIPIO DE CURITIBANOS, CUJO OBJETO É O REPASSE DE VALO RPARA CONSTRUÇÃO DE PONTE ENTRE A DIVISA DOS DOIS MUNICIPIOS E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/378/projeto_de_lei_-016-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/378/projeto_de_lei_-016-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER CONCESSÃO REAL DE USO DE ÁREA DE TERRAS E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/380/projeto_de_lei_17.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/380/projeto_de_lei_17.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A DESAFETAÇÃO DE BEM PUBLICO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a fazer concessão real de uso da área de terras e dá outras providencias.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/395/projeto_de_lei_-_019.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/395/projeto_de_lei_-_019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 1295/2023, que autoriza o Poder Executivo Municipal a firmar convenio com o município de Curitibanos-SC.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/396/projeto_de_lei_-_020.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/396/projeto_de_lei_-_020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar dotações orçamentárias, abrir créditos especial e dá outras providencias.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/397/projeto_de_lei_-_021.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/397/projeto_de_lei_-_021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a premiação do campeonato municipal de Futsal 2023, pelo municipio de Ponte Alta do Norte - SC.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_-022-_2023_-_zoonoses.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_-022-_2023_-_zoonoses.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Bem-Estar animal, controle de Zoonoses e dá outras providencias</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/402/ldo_-_2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/402/ldo_-_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária do Município, para o Exercício 2024, e da outras providencias.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_no_024-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_no_024-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a prorrogar o prazo da concessão de direito real de uso do imóvel publico, que trata o art. 2º, da Lei Municipal n 1126/2018, e da outras providencias.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/406/projeto_de_lei-025-2023_-_loa__2024.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/406/projeto_de_lei-025-2023_-_loa__2024.docx</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Ponte Alta do Norte para o exercício de 2024, e dá outras providencias</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/408/projeto_de_lei_-_026-2023_-_dotacao_ponte_campo_da_roca.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/408/projeto_de_lei_-_026-2023_-_dotacao_ponte_campo_da_roca.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A MOVIMENTAR DOTAÇÕES ORÇAMENTARIAS, ABRIR CREDITO ESPECIAL E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_-_027-2023_-_convenio_-_ponte_campo_da_roca_de_baixo.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_-_027-2023_-_convenio_-_ponte_campo_da_roca_de_baixo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convenio com o município de Curitibanos (SC), para transferir o valor para elaboração de projeto executivo para construção de ponte entre divisa dos dois municípios, na localidade de Campo da Roça de Baixo.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a fazer concessão de direito real de uso de área de terra e dá outras providencias.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/417/projeto_de_lei_-_029-2023_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/417/projeto_de_lei_-_029-2023_-_dotacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar dotações orçamentarias, abrir crédito especial e dá outras providencias.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/423/projeto_de_lei_030_2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/423/projeto_de_lei_030_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder municipal a conceder auxílio financeiro a estudantes no ano letivo de 2024, e dá outras providencias.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_legislativo_no_001-2023_-_revisao_geral_anual_servidores.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_legislativo_no_001-2023_-_revisao_geral_anual_servidores.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL DOS NÍVEIS DE VENCIMENTOS, SALÁRIOS E PROVENTOS, CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE PONTE ALTA DO NORTE, NOS MESMOS INDICES CONCEDIDOS AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/306/projeto_de_lei_legislativo_no_002-2023_-_reajuste_servidores.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/306/projeto_de_lei_legislativo_no_002-2023_-_reajuste_servidores.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE ANUAL DOS NÍVEIS DE VENCIMENTOS, SALÁRIOS E PROVENTOS, CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE PONTE ALTA DO NORTE, NOS MESMOS INDICES CONCEDIDOS AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei_legislativo_no_003-2023_-_revisao_geral_vereadores_e_presidente.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei_legislativo_no_003-2023_-_revisao_geral_vereadores_e_presidente.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL PREVISTA NO ARTIGO 37, INCISO X DA CONSTITUIÇÃO FEDERAL AOS SUBSIDIOS DOS VEREADORES DO MUNICIPIO DE PONTE ALTA DO NORTE, NOS INDICES CONCEDIDOS AOS SERVIDORES PÚBLICOS DO MUNICIPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_legislativo_no_004-2023_-_revisao_geral_prefeito_-_vice-prefeito_e_secretarios.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_legislativo_no_004-2023_-_revisao_geral_prefeito_-_vice-prefeito_e_secretarios.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL PREVISTA NO ARTIGO 37, INCISO X DA CONSTITUIÇÃO FEDERAL AOS SUBSIDIOS DO PREFEITO, VICE PREFEITO E SECRETÁRIOS MUNICIPAIS, NOS INDICES CONCEDIDOS AOS SERVIDORES PÚBLICOS DO MUNICIPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_legislativo__altera_valor_reembolso_de_combustivel.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_legislativo__altera_valor_reembolso_de_combustivel.doc</t>
   </si>
   <si>
     <t>ALTERA OS ARTS. 2º E 3º DA LEI 750/2008 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_legislativo_no_006-2023_-_da_denominacao_a_proprio_publico.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_legislativo_no_006-2023_-_da_denominacao_a_proprio_publico.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA PRAÇA DO BAIRRO QUATRO PINHEIROS DO MUNICIPIO DE PONTE ALTA DO NORTE “PRAÇA NOSSA SENHORA APARECIDA" E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA PRAÇA ANEXA AO CENTRO DE EVENTOS LOCALIZADA NA BIFURCAÇÃO DAS RUAS FIORAVANTE SOUZA CRUZ E LUÍS RAUEN DO MUNICIPIO DE PONTE ALTA DO NORTE “PRAÇA IGNÊZ ORTENILLA VALESAN BORELLA " E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de servidores da Câmara Municipal;</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/300/pedido_de_informacao_002.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/300/pedido_de_informacao_002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os cursos realizados pelos vereadores e servidores no exercício de 2021/2022;</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/311/pedido_de_informacao_003.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/311/pedido_de_informacao_003.pdf</t>
   </si>
   <si>
     <t>Dispões sobre o processo de entrega das casas, do Loteamento Vó Margarida;</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/325/pedido_de_informacao_004.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/325/pedido_de_informacao_004.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre informações da documentação do  REURB do Bairro São Sebastião;</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/326/pedido_de_informacao_005.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/326/pedido_de_informacao_005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre informações do FUNDEB;</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/332/pedido_de_informacao_006_.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/332/pedido_de_informacao_006_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre informações no que se refere ao Programa Biblioteca Itinerante;</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/362/pedido_de_informacao_07-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/362/pedido_de_informacao_07-2023.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO APRESENTE INFORMAÇÕES NO QUE SE REFERE ÀS OBRAS:_x000D_
 CEME RECANTO DA CRIANÇA, NÚCLEO MUNICIPAL JOSÉ DE ANCHIETA, ESCOLA GENTE PEQUENA, SECRETARIA DE OBRAS E PRAÇA DO BAIRRO QUATRO PINHEIROS</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/365/pedido_de_informacao_08-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/365/pedido_de_informacao_08-2023.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO APRESENTE INFORMAÇÕES NO QUE SE REFERE AOS JANTARES, ALMOÇOS E CONFRATERNIZAÇÕES CUSTEADOS PELO PODER PÚBLICO MUNICIPAL;</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>Rubia Schmidt Ribeiro, André Heidemanns Aguiar, Douglas Maron, Edson - Baianinho, Jonas Pereira, Maurelias, Michel Moreira da Silva, Nelci de Oliveira Alves, Nilton Luiz de Castro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/373/pedido_de_informacao_09-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/373/pedido_de_informacao_09-2023.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO APRESENTE INFORMAÇÕES NO QUE SE REFERE AO PLANO DE CARREIRA (MAGISTÉRIO):</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>Jonas Pereira, Maurelias, Michel Moreira da Silva, Nilton Luiz de Castro, Rubia Schmidt Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/383/pedido_de_informacao_010-2023_horas_maquinas.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/383/pedido_de_informacao_010-2023_horas_maquinas.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO APRESENTE INFORMAÇÕES NO QUE SE REFERE AO PROCESSO LICITATÓRIO REFERENTE A CONTRATAÇÃO DE PRESTAÇÃO DE SERVIÇOS DE HORAS MÁQUINAS:</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>Rubia Schmidt Ribeiro, Maurelias, Nilton Luiz de Castro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/392/pedido_de_informacao_011-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/392/pedido_de_informacao_011-2023.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL APRESENTE INFORMAÇÕES NO QUE SE REFERE À EMPRESA CONTRATADA PARA O PLANO DE CARREIRA DO MAGISTÉRIO:</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/393/pedido_de_informacao_012-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/393/pedido_de_informacao_012-2023.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL APRESENTE INFORMAÇÕES NO QUE SE REFERE AO PISO SALARIAL DA ENFERMAGEM:</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/394/pedido_de_informacao_013-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/394/pedido_de_informacao_013-2023.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL APRESENTE INFORMAÇÕES NO QUE SE REFERE À EMPRESA RESPONSÁVEL PELA OBRA DA RUA NOSSA SENHORA DA LUZ:</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>Maurelias, Jonas Pereira, Michel Moreira da Silva, Nilton Luiz de Castro, Rubia Schmidt Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/399/pedido_de_informacao_014-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/399/pedido_de_informacao_014-2023.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL APRESENTE INFORMAÇÕES NO QUE SE REFERE À EMPRESA RESPONSÁVEL PELAS CALÇADAS PÚBLICAS DO MUNICIPIO:</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/400/pedido_de_informacao_015-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/400/pedido_de_informacao_015-2023.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL APRESENTE INFORMAÇÕES NO QUE SE REFERE À COMPRA DE ALIMENTAÇÃO, GENEROS ALIMENTICIOS E PRODUTOS DE LIMPEZA DIRECIONADOS A SECRETARIA DE OBRAS:</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/415/modelo_pedido_de_informacao.016-2023docx.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/415/modelo_pedido_de_informacao.016-2023docx.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, APRESENTE INFORMAÇÕES NO QUE SE REFERE AOS CRITÉRIOS PARA A REALIZAÇÃO DA TROCA DE LÂMPADAS DA REDE DE ILUMINAÇÃO PÚBLICA DO MUNICÍPIO, BEM COMO QUAL O SALDO DÍSPONIVEL PELO COSIP (CONTRIBUIÇÃO DE SERVIÇO DE ILUMINAÇÃO  PÚBLICA);</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/418/pedido_de_informacao_017-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/418/pedido_de_informacao_017-2023.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, APRESENTE INFORMAÇÕES NO QUE SE REFERE ÀS DESPESAS DOS SERVIDORES MUNICIPAIS NO RESTAURANTE E LANCHONETE CARPES, DA CIDADE DE CURITIBANOS-SC:</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>Re</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_resolucao_alteracao_horario_fechamento_pauta_ordem_do_dia.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_resolucao_alteracao_horario_fechamento_pauta_ordem_do_dia.doc</t>
   </si>
   <si>
     <t>INCLUI O §9º AO ART. 121 DA RESOLUÇÃO N. 01/2000 (REGIMENTO INTERNO DA CÃMARA MUNICIPAL) E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/348/offgab0362023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/348/offgab0362023.pdf</t>
   </si>
   <si>
     <t>Solicita regime de urgencia referente ao Projeto de Lei Complementar 001/2023</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/349/requerimento_02-2023.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/349/requerimento_02-2023.doc</t>
   </si>
   <si>
     <t>Requerimento para liberação de 3 diárias e 1/2, para viagem a Florianópolis em curso MasterClass - Lei Organica e Regimento Interno que se realizará nos dias 28 de março até 31 de março de 2023.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>OFF/GABE/42/2023 - Solicita regime de urgência referente aos Projetos de lei Complementares 002/2023 e 003/2023</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/379/projeto_de_lei_-016-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/379/projeto_de_lei_-016-2023.pdf</t>
   </si>
   <si>
     <t>OFF/GAB/083/2023 - SOLICITA REGIME DE URGENCIA REFERENTE AO PROJETO DE LEI 015/2023</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
     <t>Altera a lei complementar nº 42/2011 e a lei complementar 35/2010, e dá outras providencias.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/351/projetos_de_lei_-_lc_002_e_lc_003.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/351/projetos_de_lei_-_lc_002_e_lc_003.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar 42/2011 e dá outras providencias.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/353/projetos_de_lei_-_lc_002_e_lc_003.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/353/projetos_de_lei_-_lc_002_e_lc_003.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 035/2010, e da outras providencias.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_de_lei_complementar_-004-2023-_aumento_carga_horaria_professores.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_de_lei_complementar_-004-2023-_aumento_carga_horaria_professores.pdf</t>
   </si>
   <si>
     <t>Acrescenta artigos a lei complementar 042/2011, para permitir alteração de carga horaria de professores na hipótese prevista e da outras providencias.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/386/off-gabe-103-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/386/off-gabe-103-2023.pdf</t>
   </si>
   <si>
     <t>Fica alterado dispositivos da Lei Complementar 065/2018, e da outras providencias.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_complementar_n._006-2023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_complementar_n._006-2023.pdf</t>
   </si>
   <si>
     <t>Concede abono especial aos professores do magistério municipal e da outras providencias.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
     <t>CONCEDE PERIODO DE FÉRIAS A SERVIDOR PUBLICO DA CAMARA MUNICIPAL</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>CONCEDE PERIODO DE FÉRIAS A SERVIDOR PUBLICO DA CAMARA MUNICIPAL E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>403</t>
   </si>
@@ -1780,68 +1780,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/295/indicacao_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/301/indicacao_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/302/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/309/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/312/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/313/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/314/indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/315/indicacao_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao_012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao_014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao_016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/324/indicacao_017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao_023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao_n_24-2023.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao_n_25-2023.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao_n_26-2023.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/344/indicacao_n_27-2023.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/345/indicacao_n_28-2023.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/346/indicacao_n_29-2023.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/347/indicacao_n_30-2023.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao_031-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_032-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao_033-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_034-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_0035-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/361/indicacao_036-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/366/indicacao_037-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/367/indicacao_038-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/368/indicacao_039-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/369/indicacao_040-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/375/indicacao_041-20233.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/376/indicacao_042-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/381/indicacao_043-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/382/indicacao_0044.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/390/indicacao_045-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/391/indicacao_046-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/404/indicacao_047-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/411/indicacao_048-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/412/indicacao_049-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/413/indicacao_050-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/424/indicacao_051-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/405/decreto_legislativo_0012023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/359/mocao_de_apelo_01_1.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/360/mocao_de_aplauso_n.02-2023.doc.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/389/mocao_3-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/409/mocao_de_apelo_04.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/425/mocao_de_aplauso_n.05-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_-004-2023_-.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_-_005-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/310/oficio_e_projeto_de_lei_006-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_-_007_-_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_-_008_-_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/340/projeto_-_009_-_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_-_010_-_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_11-20023_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/364/projeto_de_lei_-_dotacao_-_ponte.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/371/oficio_-_projeto_de_lei_n._013-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_lei_no_014-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/377/projeto_de_lei_-015-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/378/projeto_de_lei_-016-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/380/projeto_de_lei_17.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/395/projeto_de_lei_-_019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/396/projeto_de_lei_-_020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/397/projeto_de_lei_-_021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_-022-_2023_-_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/402/ldo_-_2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_no_024-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/406/projeto_de_lei-025-2023_-_loa__2024.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/408/projeto_de_lei_-_026-2023_-_dotacao_ponte_campo_da_roca.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_-_027-2023_-_convenio_-_ponte_campo_da_roca_de_baixo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/417/projeto_de_lei_-_029-2023_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/423/projeto_de_lei_030_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_legislativo_no_001-2023_-_revisao_geral_anual_servidores.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/306/projeto_de_lei_legislativo_no_002-2023_-_reajuste_servidores.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei_legislativo_no_003-2023_-_revisao_geral_vereadores_e_presidente.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_legislativo_no_004-2023_-_revisao_geral_prefeito_-_vice-prefeito_e_secretarios.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_legislativo__altera_valor_reembolso_de_combustivel.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_legislativo_no_006-2023_-_da_denominacao_a_proprio_publico.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/300/pedido_de_informacao_002.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/311/pedido_de_informacao_003.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/325/pedido_de_informacao_004.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/326/pedido_de_informacao_005.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/332/pedido_de_informacao_006_.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/362/pedido_de_informacao_07-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/365/pedido_de_informacao_08-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/373/pedido_de_informacao_09-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/383/pedido_de_informacao_010-2023_horas_maquinas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/392/pedido_de_informacao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/393/pedido_de_informacao_012-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/394/pedido_de_informacao_013-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/399/pedido_de_informacao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/400/pedido_de_informacao_015-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/415/modelo_pedido_de_informacao.016-2023docx.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/418/pedido_de_informacao_017-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_resolucao_alteracao_horario_fechamento_pauta_ordem_do_dia.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/348/offgab0362023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/349/requerimento_02-2023.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/379/projeto_de_lei_-016-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/351/projetos_de_lei_-_lc_002_e_lc_003.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/353/projetos_de_lei_-_lc_002_e_lc_003.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_de_lei_complementar_-004-2023-_aumento_carga_horaria_professores.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/386/off-gabe-103-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_complementar_n._006-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/295/indicacao_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/301/indicacao_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/302/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/309/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/312/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/313/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/314/indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/315/indicacao_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao_012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao_014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao_016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/324/indicacao_017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao_023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao_n_24-2023.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao_n_25-2023.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao_n_26-2023.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/344/indicacao_n_27-2023.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/345/indicacao_n_28-2023.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/346/indicacao_n_29-2023.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/347/indicacao_n_30-2023.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao_031-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_032-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao_033-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_034-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_0035-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/361/indicacao_036-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/366/indicacao_037-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/367/indicacao_038-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/368/indicacao_039-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/369/indicacao_040-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/375/indicacao_041-20233.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/376/indicacao_042-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/381/indicacao_043-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/382/indicacao_0044.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/390/indicacao_045-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/391/indicacao_046-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/404/indicacao_047-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/411/indicacao_048-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/412/indicacao_049-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/413/indicacao_050-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/424/indicacao_051-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/405/decreto_legislativo_0012023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/359/mocao_de_apelo_01_1.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/360/mocao_de_aplauso_n.02-2023.doc.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/389/mocao_3-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/409/mocao_de_apelo_04.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/425/mocao_de_aplauso_n.05-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_-004-2023_-.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_-_005-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/310/oficio_e_projeto_de_lei_006-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_-_007_-_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_-_008_-_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/340/projeto_-_009_-_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_-_010_-_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_11-20023_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/364/projeto_de_lei_-_dotacao_-_ponte.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/371/oficio_-_projeto_de_lei_n._013-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_lei_no_014-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/377/projeto_de_lei_-015-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/378/projeto_de_lei_-016-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/380/projeto_de_lei_17.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/395/projeto_de_lei_-_019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/396/projeto_de_lei_-_020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/397/projeto_de_lei_-_021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_-022-_2023_-_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/402/ldo_-_2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_no_024-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/406/projeto_de_lei-025-2023_-_loa__2024.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/408/projeto_de_lei_-_026-2023_-_dotacao_ponte_campo_da_roca.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_-_027-2023_-_convenio_-_ponte_campo_da_roca_de_baixo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/417/projeto_de_lei_-_029-2023_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/423/projeto_de_lei_030_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_legislativo_no_001-2023_-_revisao_geral_anual_servidores.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/306/projeto_de_lei_legislativo_no_002-2023_-_reajuste_servidores.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei_legislativo_no_003-2023_-_revisao_geral_vereadores_e_presidente.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_legislativo_no_004-2023_-_revisao_geral_prefeito_-_vice-prefeito_e_secretarios.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_legislativo__altera_valor_reembolso_de_combustivel.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_legislativo_no_006-2023_-_da_denominacao_a_proprio_publico.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/300/pedido_de_informacao_002.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/311/pedido_de_informacao_003.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/325/pedido_de_informacao_004.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/326/pedido_de_informacao_005.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/332/pedido_de_informacao_006_.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/362/pedido_de_informacao_07-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/365/pedido_de_informacao_08-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/373/pedido_de_informacao_09-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/383/pedido_de_informacao_010-2023_horas_maquinas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/392/pedido_de_informacao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/393/pedido_de_informacao_012-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/394/pedido_de_informacao_013-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/399/pedido_de_informacao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/400/pedido_de_informacao_015-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/415/modelo_pedido_de_informacao.016-2023docx.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/418/pedido_de_informacao_017-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_resolucao_alteracao_horario_fechamento_pauta_ordem_do_dia.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/348/offgab0362023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/349/requerimento_02-2023.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/379/projeto_de_lei_-016-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/351/projetos_de_lei_-_lc_002_e_lc_003.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/353/projetos_de_lei_-_lc_002_e_lc_003.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_de_lei_complementar_-004-2023-_aumento_carga_horaria_professores.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/386/off-gabe-103-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_complementar_n._006-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="159.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="168.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="167.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>