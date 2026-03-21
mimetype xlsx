--- v0 (2025-12-12)
+++ v1 (2026-03-21)
@@ -54,1004 +54,1004 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rubia Schmidt Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/428/indicacao-001-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/428/indicacao-001-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção da Rua João Rauen, bem como a manutenção da iluminação pública;</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/429/indicacao-02-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/429/indicacao-02-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção e Limpeza da Estrada Taiti;</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Maurelias, Jonas Pereira, João Ubirajara da Silva, Michel Moreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/434/indicacao_03-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/434/indicacao_03-2024.pdf</t>
   </si>
   <si>
     <t>Continuidade do trabalho "Segurança nas escolas"</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/435/indicacao_004-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/435/indicacao_004-2024.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 004/2024 - MANUTENÇÃO DO PARQUINHO</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Maurelias</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/436/modelo_indicacao_005.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/436/modelo_indicacao_005.pdf</t>
   </si>
   <si>
     <t>solicitar a acessibilidade na rua francelizio oliveira da silva</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/437/modelo_indicacao_006.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/437/modelo_indicacao_006.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO CÓRREGO PARA EVITAR ALAGAMENTOS E DANOS AO MORADORES</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Jonas Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/438/modelo_indicacao_007.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/438/modelo_indicacao_007.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR LIXEIRA AO LADO DO CENTRO DE EVENTOS PAULO BORELA,POIS A QUE TINHA FOI REMOVIDA DOLOCAL</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/439/modelo_indicacao_008_docx.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/439/modelo_indicacao_008_docx.pdf</t>
   </si>
   <si>
     <t>REFORMA DA PONTE DA BOSSARDI LOCALIZADA NA ESTRADA GERAL,POIS A MESMA ESTA QUEBRADA CAUSANDO RISCOS AOS USUARIOS QUE TRANSITAM COM PRODUTOS DAS LAVOURAS EM GERAL E POR SER UMAS DAS PRINCIPAIS ROTAS DO INTERIOR PARA CURITIBANOS</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/454/modelo_indicacao_009__docx.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/454/modelo_indicacao_009__docx.pdf</t>
   </si>
   <si>
     <t>instalação de iluminação na rua Abelardo Padilha, pois se encontra sem iluminação</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/</t>
   </si>
   <si>
     <t>novo toldo para o acesso no colegio recanto da criança, pois as criança estão esperando o transporte no sol forte ou na chuva</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/462/modelo_indicacao_011.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/462/modelo_indicacao_011.docx</t>
   </si>
   <si>
     <t>Faz-se necessário pois a referida ponte foi levada com a fortes chuvas do mês de outubro de 2023 os moradores do interior estão fazendo mas de 50 km para poder vim ao comércio e posto de saúde do município</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/463/modelo_indicacao_012.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/463/modelo_indicacao_012.docx</t>
   </si>
   <si>
     <t>Faz se a presente indicação, para reforma nos banheiros pois os mesmo foram vandalizados</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/464/modelo_indicacao_013.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/464/modelo_indicacao_013.docx</t>
   </si>
   <si>
     <t>Faz se a presente indicação, pois os atletas estão sem treinador e assim não podendo treinar</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Michel Moreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/465/modelo_indicacao_014.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/465/modelo_indicacao_014.docx</t>
   </si>
   <si>
     <t>Faz se a presente indicação, pois os cidadão estão precisando para realizar novas construções, reformas e a limpeza dos túmulos</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/467/modelo_indicacao_015.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/467/modelo_indicacao_015.docx</t>
   </si>
   <si>
     <t>Faz se a presente indicação, pois a mesma esta sem lixeira para os moradores</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Douglas Maron</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/478/modelo_indicacao_016.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/478/modelo_indicacao_016.odt</t>
   </si>
   <si>
     <t>Faz-se pois o estado da mesma encontra-se deteriorado.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/479/modelo_indicacao_017.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/479/modelo_indicacao_017.odt</t>
   </si>
   <si>
     <t>Faz-se pois algumas lombada encontra-se sem sinalização</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/493/modelo_indicacao_018.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/493/modelo_indicacao_018.odt</t>
   </si>
   <si>
     <t>Faz-se a presente indicação a pedido dos moradores, pois a rua encontra-se com falta de iluminação, lixeiras e lombada</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/497/modelo_indicacao_019.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/497/modelo_indicacao_019.odt</t>
   </si>
   <si>
     <t>Realizar a contratação de um monitor para acompanhamento no ônibus da APAE</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/509/modelo_indicacao_020.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/509/modelo_indicacao_020.odt</t>
   </si>
   <si>
     <t>Que o Chefe do Poder Executivo, na medida do possível, realize instalação de energia elétrica nos banheiros e vestiários  do campo society, pois os mesmo estão sem energia elétrica</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>João Ubirajara da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/480/projeto_de_decreto_legislativo_n_001_roberto_molin.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/480/projeto_de_decreto_legislativo_n_001_roberto_molin.odt</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ROBERTO MOLIN DE ALMEIDA</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>Câmara Municipal de Ponte Alta do Norte - CMPAN</t>
   </si>
   <si>
     <t>Aprova as Contas da Prefeitura Municipal de Ponte Alta do Norte referente ao ano de 2023 e dá outras providencias.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Moção 001/2024</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/515/mocao_de_aplauso_pastora_maria_estela.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/515/mocao_de_aplauso_pastora_maria_estela.docx</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Poder Executivo - EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/426/projetos_-_corretos_-_2.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/426/projetos_-_corretos_-_2.pdf</t>
   </si>
   <si>
     <t>Fixa o valor da unidade fiscal do município de Ponte Alta do Norte</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/427/projetos_-_corretos_-_2.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/427/projetos_-_corretos_-_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do Imposto Predial e Territorial urbano, para o exercício financeiro de 2024</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/430/off-gab-11-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/430/off-gab-11-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos níveis de vencimentos, salários e proventos, cargos em comissão e funções gratificadas dos servidores públicos do município de Ponte Alta do Norte.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/452/oficio_-_projeto_de_lei_005.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/452/oficio_-_projeto_de_lei_005.pdf</t>
   </si>
   <si>
     <t>Disciplina a concessão de adiantamento de numerário a servidores municipais.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/455/projeto_de_lei_-_006-_2024_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/455/projeto_de_lei_-_006-_2024_-_dotacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar dotações orçamentárias e abrir créditos especial e dá outras providencias.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_lei_-007-2024_-_altera_a_lei_1129-2018.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_lei_-007-2024_-_altera_a_lei_1129-2018.pdf</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos da Lei n. 1129/2018, que dispõe sobre a definição e regulamentação dos benefícios eventuais no âmbito da política municipal de assistência social.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>Autoriza o município de Ponte Alta do Norte a distribuir medicamentos de uso contínuo e necessários para tratamento de saúde do cidadão, e que não são contemplados na relação nacional de medicamentos essenciais (RENAME) no âmbito do SUS.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/469/projeto_-_009.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/469/projeto_-_009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DAR NOVA REDAÇÃO AO PARAGRAFO ÚNICO DO ART. 1o, DA LEI MUNICIPAL N. 561/2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/470/projeto_-010.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/470/projeto_-010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DAR NOVA REDAÇÃO AO PARAGRAFO ÚNICO DO ART. 1o, DA LEI MUNICIPAL N. 562/2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/471/projeto_-_011.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/471/projeto_-_011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DAR NOVA REDAÇÃO AO ART. 1o, DA LEI MUNICIPAL N. 688/2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/472/projeto_-_012.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/472/projeto_-_012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DAR NOVA REDAÇÃO AO PARAGRAFO ÚNICO DO ART. 1o, DA LEI MUNICIPAL N. 563/2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/473/projeto_-_013.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/473/projeto_-_013.pdf</t>
   </si>
   <si>
     <t>RATIFICA O CONTRATO DO CONSORCIO PUBLICO INTERMUNICIPAL DA CIS AMURES.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/474/projeto_-014.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/474/projeto_-014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a dar nova redação ao caput da lei Complementar no 072/2020 e dá outras providencias.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/475/projeto_-_015.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/475/projeto_-_015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a dar nova redação ao caput da lei Complementar no 1161/2019, e dá outras providencias.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/476/projeto_-016.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/476/projeto_-016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de bem publico e dá outras providencias.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/481/projeto_de_lei_-_017-2024_-_premiacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/481/projeto_de_lei_-_017-2024_-_premiacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a premiação do Campeonato Municipal de Futsal de 2024, pelo município de Ponte Alta do Norte-SC, e dá outras providencias.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/484/projeto_de_lei_n__018-2024_-.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/484/projeto_de_lei_n__018-2024_-.pdf</t>
   </si>
   <si>
     <t>Altera o caput do artigo 2º, e o inciso II da lei nº 1072/2016, que autoriza o poder executivo municipal a conceder auxilio aos médicos vinculados ao programa mais médicos, e dá outras providencias.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_-_019-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_-_019-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a firmar convenio com o municipio de Curitibanos (SC), com objeto de gerir e manter o serviço de acolhimento institucional de crianças e adolescentes.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_-_020_-_substituto.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_-_020_-_substituto.pdf</t>
   </si>
   <si>
     <t>*SUBSTITUTIVO AO PROJETO DE LEI 017/2024*_x000D_
 Dispõe sobre a premiação do campeonato municipal de Futsal 2024, pelo município de Ponte Alta do Norte - SC e dá outras providencias.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/496/projeto_de_lei_-_021-2024_-_ldo_-_2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/496/projeto_de_lei_-_021-2024_-_ldo_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da lei orçamentária do município, para o exercício de 2025, e da outras providencias.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/499/projeto_-_022.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/499/projeto_-_022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar dotações orçamentárias e dá outras providencias.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/500/projeto_-_023.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/500/projeto_-_023.pdf</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/501/projeto_-_024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/501/projeto_-_024.pdf</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/502/projeto_de_lei_-_025-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/502/projeto_de_lei_-_025-2024.pdf</t>
   </si>
   <si>
     <t>Fixa valor da UFM - unidade fiscal do município de Ponte Alta do Norte e dá outras providencias.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/503/projetos_-_026-_2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/503/projetos_-_026-_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de IPTU - imposto predial e territorial urbano, para exercício de 2025 e dá outras providencias.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_lei_-_027-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_lei_-_027-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>LEI ORÇAMENTÁRIA ANUAL - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO, PARA O EXERCICIO DE 2025, E ´DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/506/oficio_e_projeto_de_lei_028.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/506/oficio_e_projeto_de_lei_028.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar dotações orçamentárias e das outras providencias.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/510/projeto_de_lei_-_029-2024_-.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/510/projeto_de_lei_-_029-2024_-.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar dotações orçamentarias e dá outras providencias.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_-_030-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_-_030-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar dotações orçamentarias, abrir crédito especial e dá outras providencias.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_-_031-2024_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_-_031-2024_-_dotacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar doações orçamentarias, abrir credito especial e dá outras providencias.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_lei_-_032-2024_-_coinco.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_lei_-_032-2024_-_coinco.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo acrescer dispositivos no plano de cargos e salários do consórcio intermunicipal do contestado - coinco e da outras providencias.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/431/projeto_de_lei_legislativo_no_001-2024_-_revisao_geral_anual_servidores.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/431/projeto_de_lei_legislativo_no_001-2024_-_revisao_geral_anual_servidores.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL DOS NÍVEIS DE VENCIMENTOS, SALÁRIOS E PROVENTOS, CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE PONTE ALTA DO NORTE, NOS MESMOS INDICES CONCEDIDOS AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/432/projeto_de_lei_legislativo_no_002-2024_-_revisao_geral_vereadores_e_presidente.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/432/projeto_de_lei_legislativo_no_002-2024_-_revisao_geral_vereadores_e_presidente.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL PREVISTA NO ARTIGO 37, INCISO X DA CONSTITUIÇÃO FEDERAL AOS SUBSIDIOS DOS VEREADORES DO MUNICIPIO DE PONTE ALTA DO NORTE, NOS INDICES CONCEDIDOS AOS SERVIDORES PÚBLICOS DO MUNICIPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/433/projeto_de_lei_legislativo_no_003-2024_-_revisao_geral_prefeito_-_vice-prefeito_e_secretarios.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/433/projeto_de_lei_legislativo_no_003-2024_-_revisao_geral_prefeito_-_vice-prefeito_e_secretarios.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL PREVISTA NO ARTIGO 37, INCISO X DA CONSTITUIÇÃO FEDERAL AOS SUBSIDIOS DO PREFEITO, VICE PREFEITO E SECRETÁRIOS MUNICIPAIS, NOS INDICES CONCEDIDOS AOS SERVIDORES PÚBLICOS DO MUNICIPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/449/projeto_de_lei_legislativo_diarias.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/449/projeto_de_lei_legislativo_diarias.doc</t>
   </si>
   <si>
     <t>Altera o art. 2º da Lei 1131/2018, fixando novo valor para as diárias do poder legislativo e dá outras providencias.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/482/pll_fixa_subsidios_prefeito_-_vice_e_secretarios__-_05-2024.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei_legislativo_005-2024_-_fixa_subsidios_prefeito_-_vice_e_secretarios_-_redacao_final.docx</t>
   </si>
   <si>
     <t>Estabelece o subsídio do Prefeito Municipal, Vice-Prefeito e Secretários, de 1o. de janeiro de 2025 a 31 de dezembro de 2028 observado o que dispõem os artigos. 29, V, 37, XI, 39, § 4º, da Constituição Federal, artigos 14, VIII, artigo 79 e artigo 93, da Lei Orgânica Municipal e dá outras providências</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/483/pll_fixa_subsidios_vereadores_06-2024.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/483/projeto_de_lei_legislativo_006-2024_-_fixa_subsidios_vereadores_-_redacao_final.docx</t>
   </si>
   <si>
     <t>Regulamenta o subsídio dos membros do Poder Legislativo de 1o. de janeiro de 2025 a 31 de dezembro de 2028 em atendimento ao artigo 29, VI, alínea "d", da Constituição Federal, artigos 14, II e 19, da Lei Orgânica Municipal e dá outras providências</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
     <t>pautas e notas de combustiveis do veiculo QQ placa QJE0492 dos mes de novembro dezembro e janeiro</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/444/pedido_de_informacao_02.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/444/pedido_de_informacao_02.pdf</t>
   </si>
   <si>
     <t>fiscalização dos ambulantes que comercializam no municipio, qual valor das taxas cobradas do serviço, valor da multa aplicada pela infração e quantas multas foram aplicadas neste ano de 2024</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/450/pedido_de_informacao_2024_03_oficinas.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/450/pedido_de_informacao_2024_03_oficinas.pdf</t>
   </si>
   <si>
     <t>justifica-se o pedido de esclarecimentos de contratos e prestações de serviços , que sejam informados se tem terceiras pessoas prestando o serviço e documentos relativos as referidas contratações , se existentes</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/451/pedido_de_informacao_2024_04_calcario.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/451/pedido_de_informacao_2024_04_calcario.pdf</t>
   </si>
   <si>
     <t>justifica-se o pedido que sejam apresentados_x000D_
 RELAÇÃO DOS PRODUTORES BENEFICIÁDOS _x000D_
 QUEM FAZ O FRETE DO PRODUTOR?_x000D_
 QUAL A FORMA DE PAGAMENTO DOS FRETES; _x000D_
 SEJA APRESENTADO O RELATÓRIOS DOS PEGAMENTOS DE FRETE, SE REALIZADO PELA PREFEITURA; _x000D_
 DATA, HORÁRIO, NOME DO MOTORISTA E CAMINHAO QUE REALIZOU O FRETE</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>Pedido de Informação 5/2024 - solicita copia do processo de aquisição de imóvel rural.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>Pedido de Informação 6/2024 - Construção de muro na Escola Nucleo Municipal José de Anchieta</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/488/pedidos_de_informacao_7-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/488/pedidos_de_informacao_7-2024.pdf</t>
   </si>
   <si>
     <t>GASTOS COM DECORAÇÕES DO MUNICÍPIO DE PONTE ALTA DO NORTE NOS ANOS DE 2021, 2022 E 2023</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/490/pedidos_de_informacao_8-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/490/pedidos_de_informacao_8-2024.pdf</t>
   </si>
   <si>
     <t>Referente a situação do Programa Biblioteca Itinerante, utilizando um veículo Ônibus Placa LYR 9756 do Patrimônio Municipal</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>Luiz Felipe Ozório</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/492/pedidos_de_informacao_9-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/492/pedidos_de_informacao_9-2024.pdf</t>
   </si>
   <si>
     <t>REFERENTE AOS GASTOS COM O ESPORTE DOS ANOS DE 2023 E 2024.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/491/pedidos_de_informacao_10-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/491/pedidos_de_informacao_10-2024.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROGRAMA HABITACIONAL NO PERÍODO DE 2021 A 2023</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/494/pedidos_de_informacao_11-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/494/pedidos_de_informacao_11-2024.pdf</t>
   </si>
   <si>
     <t>JUSTIFICA-SE O PEDIDO REFERENTE AO DEBITO DO FUNDO MUNICIPAL DE SAÚDE DE MAIS DE R$140.000.00 COM O LABORATÓRIO DE ANALISES CLINICAS SANTA CLARA</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/495/pedidos_de_informacao_12-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/495/pedidos_de_informacao_12-2024.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO FORNECIMENTO DE MATERIAIS DE CONSTRUÇÃO DA EMPRESA NEVES MATERIAIS DE CONSTRUÇÃO DO ANO DE 2024</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>Maurelias, Douglas Maron, Jonas Pereira, João Ubirajara da Silva, Michel Moreira da Silva, Rubia Schmidt Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/498/pedido_de_informacao_2024_13odt.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/498/pedido_de_informacao_2024_13odt.odt</t>
   </si>
   <si>
     <t>APRESENTE INFORMAÇÕES NO QUE SE REFERE A(S) FUNÇÃO(ÕES) EXERCIDA PELO MÉDICO VALMOR NO ANO DE 2020 À 2024:_x000D_
     • SE RECEBEU HORAS EXTRAS _x000D_
     • APRESENTE RELATÓRIO DE HORAS EXTRAS</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/505/pedido_de_informacao_2024_14odt.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/505/pedido_de_informacao_2024_14odt.odt</t>
   </si>
   <si>
     <t>Justifica-se o pedido, pois o veiculo foi para manutenção na cidade de Curitibanos para a troca do kit embreagem e voltou em um guincho sem a caixa de cambio. O veiculo encontra-se a mais de um ano parado.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>Re</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/441/projeto_de_resolucao_n._01_2024.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/441/projeto_de_resolucao_n._01_2024.doc</t>
   </si>
   <si>
     <t>REGULAMENTA A APLICAÇÃO DA LEI Nº 14.133, DE 1º DE ABRIL DE 2021, QUE DISPÕE SOBRE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS, NO  MBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE PONTE ALTA DO NORTE - SC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/442/proejto_de_resolucao_governanca_02.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/442/proejto_de_resolucao_governanca_02.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a governança das contratações públicas no  âmbito do Poder Legislativo do Município de Ponte Alta do Norte e dá outras providências.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_resolucao_pequenas_compras__03_2024.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_resolucao_pequenas_compras__03_2024.docx</t>
   </si>
   <si>
     <t>Regulamenta no âmbito do Poder Legislativo do Município de Ponte Alta do Norte – SC, o disposto no § 2º,  do art. 95, da lei 14.133/2021, para instituir o contrato verbal para pequenas compras ou o de prestação de serviços de pronto pagamento.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>OFF/GAB/019/2024 - SOLICITA REGIME DE URGENCIA REFERENTE AO PROJETO DE LEI COMPLEMENTAR 001/2024</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>OFF/GAB/017/2024 - SOLICITA REGIME DE URGENCIA REFERENTE AO PROJETO DE LEI COMPLEMENTAR 002/2024</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/453/oficio_-_projeto_de_lei_005.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/453/oficio_-_projeto_de_lei_005.pdf</t>
   </si>
   <si>
     <t>Solicita regime de urgencia referente ao Projeto de Lei Executivo 005/2024.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>SOLICITA REGIME DE URGENCIA REFERENTE PROJETO DE LEI 6/2024</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/461/oficio_de_projeto_de_lei_-_007-_2024_-_altera_lei_1129-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/461/oficio_de_projeto_de_lei_-_007-_2024_-_altera_lei_1129-2024.pdf</t>
   </si>
   <si>
     <t>SOLICITA REGIME DE URGENCIA REFERENTE AO PROJETO DE LEI 7/2024</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/507/oficio_e_projeto_de_lei_028.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/507/oficio_e_projeto_de_lei_028.pdf</t>
   </si>
   <si>
     <t>OFF/GAB/136/2024 - SOLICITA REGIME DE URGENCIA REFERENTE AO PROJETO DE LEI 028/2024</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/508/oficio_-_projetos_29_e_30_2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/508/oficio_-_projetos_29_e_30_2024.pdf</t>
   </si>
   <si>
     <t>OFF/GAB/138/2024 SOLICITA REGIME DE URGENCIA REFERENTE AOS PROJETOS DE LEI EXECUTIVO 29/2024 E 30/2024</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/445/projeto_de_lei_complementar_1-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/445/projeto_de_lei_complementar_1-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Código Tributário Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/446/projeto_de_lei_complementar_002-2024_-_altera_estrutura.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/446/projeto_de_lei_complementar_002-2024_-_altera_estrutura.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n 035/2010, e dá outras providencias.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/477/projeto_de_lei_complementar_-_003-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/477/projeto_de_lei_complementar_-_003-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a dar nova redação ao caput da lei complementar 072/2020 e dá outras providencias.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_de_lei_complementar_-004-2024.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_de_lei_complementar_-004-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução de jornada de trabalho dos servidores públicos municipais, que sejam pais ou responsáveis por criança portadora da síndrome do espectro autista, na forma de que especifica.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_lei_legislativo_auxilio_alimentacao.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_lei_legislativo_auxilio_alimentacao.doc</t>
   </si>
   <si>
     <t>Inclui o § 7º ao art. 5º da Lei Complementar 65/2018 e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1358,68 +1358,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/428/indicacao-001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/429/indicacao-02-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/434/indicacao_03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/435/indicacao_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/436/modelo_indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/437/modelo_indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/438/modelo_indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/439/modelo_indicacao_008_docx.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/454/modelo_indicacao_009__docx.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/462/modelo_indicacao_011.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/463/modelo_indicacao_012.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/464/modelo_indicacao_013.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/465/modelo_indicacao_014.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/467/modelo_indicacao_015.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/478/modelo_indicacao_016.odt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/479/modelo_indicacao_017.odt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/493/modelo_indicacao_018.odt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/497/modelo_indicacao_019.odt" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/509/modelo_indicacao_020.odt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/480/projeto_de_decreto_legislativo_n_001_roberto_molin.odt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/515/mocao_de_aplauso_pastora_maria_estela.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/426/projetos_-_corretos_-_2.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/427/projetos_-_corretos_-_2.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/430/off-gab-11-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/452/oficio_-_projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/455/projeto_de_lei_-_006-_2024_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_lei_-007-2024_-_altera_a_lei_1129-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/469/projeto_-_009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/470/projeto_-010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/471/projeto_-_011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/472/projeto_-_012.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/473/projeto_-_013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/474/projeto_-014.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/475/projeto_-_015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/476/projeto_-016.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/481/projeto_de_lei_-_017-2024_-_premiacao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/484/projeto_de_lei_n__018-2024_-.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_-_019-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_-_020_-_substituto.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/496/projeto_de_lei_-_021-2024_-_ldo_-_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/499/projeto_-_022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/500/projeto_-_023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/501/projeto_-_024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/502/projeto_de_lei_-_025-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/503/projetos_-_026-_2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_lei_-_027-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/506/oficio_e_projeto_de_lei_028.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/510/projeto_de_lei_-_029-2024_-.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_-_030-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_-_031-2024_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_lei_-_032-2024_-_coinco.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/431/projeto_de_lei_legislativo_no_001-2024_-_revisao_geral_anual_servidores.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/432/projeto_de_lei_legislativo_no_002-2024_-_revisao_geral_vereadores_e_presidente.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/433/projeto_de_lei_legislativo_no_003-2024_-_revisao_geral_prefeito_-_vice-prefeito_e_secretarios.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/449/projeto_de_lei_legislativo_diarias.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/482/pll_fixa_subsidios_prefeito_-_vice_e_secretarios__-_05-2024.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/483/pll_fixa_subsidios_vereadores_06-2024.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/444/pedido_de_informacao_02.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/450/pedido_de_informacao_2024_03_oficinas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/451/pedido_de_informacao_2024_04_calcario.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/488/pedidos_de_informacao_7-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/490/pedidos_de_informacao_8-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/492/pedidos_de_informacao_9-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/491/pedidos_de_informacao_10-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/494/pedidos_de_informacao_11-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/495/pedidos_de_informacao_12-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/498/pedido_de_informacao_2024_13odt.odt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/505/pedido_de_informacao_2024_14odt.odt" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/441/projeto_de_resolucao_n._01_2024.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/442/proejto_de_resolucao_governanca_02.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_resolucao_pequenas_compras__03_2024.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/453/oficio_-_projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/461/oficio_de_projeto_de_lei_-_007-_2024_-_altera_lei_1129-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/507/oficio_e_projeto_de_lei_028.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/508/oficio_-_projetos_29_e_30_2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/445/projeto_de_lei_complementar_1-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/446/projeto_de_lei_complementar_002-2024_-_altera_estrutura.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/477/projeto_de_lei_complementar_-_003-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_de_lei_complementar_-004-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_lei_legislativo_auxilio_alimentacao.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/428/indicacao-001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/429/indicacao-02-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/434/indicacao_03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/435/indicacao_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/436/modelo_indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/437/modelo_indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/438/modelo_indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/439/modelo_indicacao_008_docx.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/454/modelo_indicacao_009__docx.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/462/modelo_indicacao_011.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/463/modelo_indicacao_012.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/464/modelo_indicacao_013.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/465/modelo_indicacao_014.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/467/modelo_indicacao_015.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/478/modelo_indicacao_016.odt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/479/modelo_indicacao_017.odt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/493/modelo_indicacao_018.odt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/497/modelo_indicacao_019.odt" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/509/modelo_indicacao_020.odt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/480/projeto_de_decreto_legislativo_n_001_roberto_molin.odt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/515/mocao_de_aplauso_pastora_maria_estela.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/426/projetos_-_corretos_-_2.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/427/projetos_-_corretos_-_2.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/430/off-gab-11-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/452/oficio_-_projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/455/projeto_de_lei_-_006-_2024_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_lei_-007-2024_-_altera_a_lei_1129-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/469/projeto_-_009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/470/projeto_-010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/471/projeto_-_011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/472/projeto_-_012.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/473/projeto_-_013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/474/projeto_-014.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/475/projeto_-_015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/476/projeto_-016.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/481/projeto_de_lei_-_017-2024_-_premiacao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/484/projeto_de_lei_n__018-2024_-.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_-_019-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_-_020_-_substituto.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/496/projeto_de_lei_-_021-2024_-_ldo_-_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/499/projeto_-_022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/500/projeto_-_023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/501/projeto_-_024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/502/projeto_de_lei_-_025-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/503/projetos_-_026-_2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_lei_-_027-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/506/oficio_e_projeto_de_lei_028.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/510/projeto_de_lei_-_029-2024_-.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_-_030-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_-_031-2024_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_lei_-_032-2024_-_coinco.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/431/projeto_de_lei_legislativo_no_001-2024_-_revisao_geral_anual_servidores.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/432/projeto_de_lei_legislativo_no_002-2024_-_revisao_geral_vereadores_e_presidente.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/433/projeto_de_lei_legislativo_no_003-2024_-_revisao_geral_prefeito_-_vice-prefeito_e_secretarios.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/449/projeto_de_lei_legislativo_diarias.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei_legislativo_005-2024_-_fixa_subsidios_prefeito_-_vice_e_secretarios_-_redacao_final.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/483/projeto_de_lei_legislativo_006-2024_-_fixa_subsidios_vereadores_-_redacao_final.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/444/pedido_de_informacao_02.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/450/pedido_de_informacao_2024_03_oficinas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/451/pedido_de_informacao_2024_04_calcario.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/488/pedidos_de_informacao_7-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/490/pedidos_de_informacao_8-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/492/pedidos_de_informacao_9-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/491/pedidos_de_informacao_10-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/494/pedidos_de_informacao_11-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/495/pedidos_de_informacao_12-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/498/pedido_de_informacao_2024_13odt.odt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/505/pedido_de_informacao_2024_14odt.odt" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/441/projeto_de_resolucao_n._01_2024.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/442/proejto_de_resolucao_governanca_02.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_resolucao_pequenas_compras__03_2024.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/453/oficio_-_projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/461/oficio_de_projeto_de_lei_-_007-_2024_-_altera_lei_1129-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/507/oficio_e_projeto_de_lei_028.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/508/oficio_-_projetos_29_e_30_2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/445/projeto_de_lei_complementar_1-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/446/projeto_de_lei_complementar_002-2024_-_altera_estrutura.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/477/projeto_de_lei_complementar_-_003-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_de_lei_complementar_-004-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_lei_legislativo_auxilio_alimentacao.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="99.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="168.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="172.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>