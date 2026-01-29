--- v0 (2025-12-13)
+++ v1 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1182" uniqueCount="529">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1213" uniqueCount="542">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -630,50 +630,62 @@
   <si>
     <t>652</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/652/indicacao_46_2025.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE CONSTRUÇÃO DE BANHEIRO PÚBLICO EM ANEXO A ACADEMIA DE SAÚDE.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/661/indicacao_47_2025.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA O PODER EXECUTIVO ENVIE ESTE ANO O PROJETO DE LEI QUE TRATA DO AUXILIO FINANCEIRO A ESTUDANTES PARA O ANO DE 2026.</t>
   </si>
   <si>
+    <t>666</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/666/indicacao_48_2025.odt</t>
+  </si>
+  <si>
+    <t>REVISÃO DAS ROTAS DO TRANSPORTE ESCOLAR, MANUTENÇÃO E CONSTRUÇÃO DE PONTOS DE ÔNIBUS.</t>
+  </si>
+  <si>
     <t>662</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/662/decreto_legislativo_02-2025_-_assinado.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas da Prefeitura Municipal de Ponte Alta do Norte referente ao ano de 2024 e dá outras providencias.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/551/mocao_01_2025.docx</t>
@@ -1095,57 +1107,66 @@
   <si>
     <t>Ratifica a 2ª alteração do contrato de Consorcio publico do Consorcio Inter federativo de Saúde da Região da Amures - CISAMURES.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/659/projeto_de_lei_-_046-2025_-_convenio_de_transito.pdf</t>
   </si>
   <si>
     <t>Autoriza o MUNICÍPIO DE PONTE ALTA DO NORTE a celebrar convênio com o Estado de Santa Catarina, por intermédio do Departamento Estadual de Trânsito (DETRAN/SC), da Polícia Militar (PMSC) e da Polícia Civil (PCSC), para delegação de atividades de trânsito, e dá outras providências.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/660/projeto_de_lei_-_047-2025_-_convenio_de_bombeiros.pdf</t>
   </si>
   <si>
     <t>Autoriza o MUNICÍPIO DE PONTE ALTA DO NORTE a celebrar convênio com o Estado de Santa Catarina, por intermédio do Corpo de Bombeiros Militar de Santa Catarina (CBMSC), para a execução dos serviços de prevenção, combate a sinistros, busca e salvamento, atendimento pré-hospitalar e outros de competência do Corpo de Bombeiros Militar, previstos no artigo 108 da constituição estadual, e dá outras providências.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_-_048-2025_-_auxilio_financeiro.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro a estudantes, residentes no município de Ponte Alta do Norte SC.</t>
+  </si>
+  <si>
+    <t>668</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/668/projeto_de_lei_-_049-2025_-_correto.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro a estudantes, residentes no município de Ponte Alta do Norte-SC.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/533/projeto_de_lei_legislativo_0012025.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A DENOMINAÇÃO DO CENTRO DE ATENDIMENTO ESPECIALIZADO "FELIPE AFONSO PORTES NETO" DE PONTE ALTA DO NORTE E DÁS OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>Câmara Municipal de Ponte Alta do Norte - CMPAN</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_legislativo_no_002-2025_-_revisao_geral_anual_servidores.doc</t>
   </si>
@@ -1388,50 +1409,59 @@
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>Protocolo - PROT</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento_wanderlei_2025.pdf</t>
   </si>
   <si>
     <t>APURAÇÃO DE SUPOSTA INFRAÇÃO POLÍTICA-ADMINISTRATIVA PRATICADA POR VEREADOR. _x000D_
 _x000D_
 REQUERENTE: WANDERLEI GONÇALVES, INSCRITO NO CPF SOB N. 026.597.589-13 (O REQUERIMENTO  APRESENTADO NA SECRETARIA DA CASA LEGISLATIVA POSSUI 16 FOLHAS).</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/639/oficio_de_encaminhamento..pdf</t>
   </si>
   <si>
     <t>Solicita regime de Caráter de Urgência referente aos Projetos de Lei 035/2025, 036/2025 e 037/2025.</t>
   </si>
   <si>
+    <t>669</t>
+  </si>
+  <si>
+    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/669/denuncia_mariane.pdf</t>
+  </si>
+  <si>
+    <t>APURAÇÃO DE SUPOSTA INFRAÇÃO POLITÍCO-ADMINISTRATIVA  em face da vereadora MARIANE CALOMENO MACHADO DA ROSA. REQUERENTE MARLI DE FÁTIMA LOURENÇO INSCRITA NO CPF 802.727.209-25.</t>
+  </si>
+  <si>
     <t>525</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_complementar_-_001-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 025/2007 e dá outras providencias.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_lei_complementar_-002-2025_compressed.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime jurídico dos servidores públicos do município de Ponte Alta do Norte.</t>
   </si>
   <si>
     <t>527</t>
@@ -1570,50 +1600,59 @@
     <t>VETO AO PROJETO DE LEI 006/2025</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>EMLOM</t>
   </si>
   <si>
     <t>Emenda Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/524/proposta_de_emenda_a_lei_organica.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica municipal.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/663/projeto_-_emenda_a_lei_organica.pdf</t>
   </si>
   <si>
     <t>Altera, revoga e acrescenta dispositivos à Lei Orgânica Municipal, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>667</t>
+  </si>
+  <si>
+    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/667/proposta_de_emenda_a_lei_organica_-003-2025.pdf</t>
+  </si>
+  <si>
+    <t>Proposta Substitutiva de Emenda a Lei Organica Municipal 03/2025 - Altera dispositivos da Lei Organica.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Contas Anuais</t>
   </si>
   <si>
     <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/636/relatorio_e_voto.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS ANUAIS DE PREFEITO. MUNICÍPIO DE PONTE ALTA DO NORTE. AUSÊNCIA DE RESTRIÇÕES GRAVES. PARECER PRÉVIO PELA  PROVAÇÃO DAS CONTAS. RECOMENDAÇÕES.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>EDT</t>
   </si>
   <si>
     <t>EDITAL</t>
   </si>
@@ -1947,56 +1986,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_001__25.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_02_2025.odt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_03__2025.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_004_2025.odt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_06_2025.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_07_2025.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_08_2025.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_09_2025.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_010_2025.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/544/modelo_indicacao_011_2025.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/545/modelo_indicacao_012_2025.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/549/modelo_indicacao_013_2025.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_014_2025.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/564/indicacao_016_2025.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_017_2025.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_018_2025.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_019_2025.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/578/indicacao_020_2025.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/579/indicacao_021_2025.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_22___2025.odt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_23___2025.odt" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/583/indicacao_024_2025.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/585/indicacao_cons_tran__25_2025.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/586/indicacao_26_2025.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_27_2025.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_28_2025.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_29_2025.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_30__2025.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_31__2025.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_32_2025.odt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/604/indicacao_33__2025.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_34_2025.odt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/611/indicacao_35_2025.odt" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/626/indicacao_038_2025.odt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/627/indicacao_39_2025.odt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/630/indicacao_40-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/634/indicacao_041_2025.odt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/638/indicacao__n__42_2025.odt" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/643/indicacao__n__43_2025.odt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/644/indicacao__n__44_2025.odt" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/650/indicacao_45_2025.odt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/652/indicacao_46_2025.odt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/661/indicacao_47_2025.odt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/662/decreto_legislativo_02-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/551/mocao_01_2025.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/576/mocao_casan_02_2025.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/631/mocao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/632/mocao_grupo_de_escoteiros_04_2025.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_lei_-_001_2025_-_aris.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/517/projeto_de_lei_-_002-2025_-_lei_561-2004.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/519/projeto_de_lei_-_004-2025_-_lei_563.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/520/projeto_de_lei_-_005-2025_-_lei_688-2006.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/521/projeto_de_lei_-_006-2025_-_auxilio_estudantes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/522/projeto_de_lei_-007-2025_-_altera__lei_1246.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/523/projeto_de_lei_-008-2025_-_renume.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_de_lei_-_009-2025_-_revisao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/552/projeto_de_lei-011-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/553/projeto_de_lei_-_012-2025_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_executivo_013-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_executivo_014-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_de_lei_-_015-2025_-_sementes_de_aveia.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/575/oficio_e_projeto_de_lei_-_016-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_-_017-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/589/projeto_de_lei_-_018-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei-019-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/591/projeto_de_lei_n_020-2025_-_porteira_a_dentro.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_de_lei_-_021-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/602/projeto_de_lei_-_022-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/601/projeto_de_lei_-023-2025_-_casa_catarina.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_lei_-_024-2025_-_festival.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/607/projet_o_de_lei_-025_-_altera_lei_alisson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/608/projeto_de_lei_-_026-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/609/projeto_de_lei_-_027-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_lei_-_028-2025_-_terreno.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_lei_-_029-2025_-_coinco_-cisama.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_lei_-_030-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_-_031-2025_-_aquisicao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_lei_-032-2025_-_sandbox.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/629/projeto_lei_-_033-2025_-_5_g.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/635/projeto_de_lei_-034-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_-_035_-_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/641/projeto_-036-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/642/projeto_-037-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_-_038-2025-_ufm.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_-_039-2025_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_-_040-_2025_-_altera_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_lei_no_041-_2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_-_042-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/654/oficio_e_projeto_de_lei_-043_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/655/projeto_de_lei_n_044-2025_-_premiacao.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_-_045-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/659/projeto_de_lei_-_046-2025_-_convenio_de_transito.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/660/projeto_de_lei_-_047-2025_-_convenio_de_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_-_048-2025_-_auxilio_financeiro.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/533/projeto_de_lei_legislativo_0012025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_legislativo_no_002-2025_-_revisao_geral_anual_servidores.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/558/projeto_de_lei_do_legislativo_no_003-_alteracao_vencimento_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_do_legislativo_no_004-_altera_dispositivos-aumento_valor_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_do_legislativo_no_005-_estrutura_camara_novo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/560/pedido_de_informacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/580/pedido_informacao_02__2025.odt" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/600/pedido_informacao_03__2025.odt" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/628/pedido_informacao_06__2025.odt" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/633/pedido_informacao_07_2025.odt" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/651/pedido_de_infor_08_2025.odt" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/656/pedido_de_informacao_09_2025.odt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/657/pedido_de_informacao__10_2025.odt" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/555/resolucao_01_2025__trans_sessao_online.odt" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_resolucao_no_002-_institui_o_codigo_de_etica_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_resolucao_no_003-_regulamenta_a_consignacao_em_pagamento.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_resolucao_no_004-_dispoe_sobre_as_compras.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_resolucao_no_005-_regulamenta_o_agente_de_contracao_comissao_de_contratacao_e_fiscal_e_getsor_de_contrato.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_resolucao_no_006-_constitui_a_comissao_especial_para_estudo_e_reforma_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/541/emenda_proj_006__2025.odt" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/554/projeto_de_lei-011-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/567/requerimento_a_mesa_diretora_2025.odt" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_04-2025.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/625/oficio_dos_projetos_de_leis.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento_wanderlei_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/639/oficio_de_encaminhamento..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_complementar_-_001-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_lei_complementar_-002-2025_compressed.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/527/projeto_de_lei_complementar_-003-2025_compressed.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/548/lei_complementar_n._004-2025_-_altera_lei_complementar_025-2007.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_complementar_52025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_complementar_006_-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_complementar_-_007-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/596/projeto_de_lei_complementar_-_008-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/605/projeto_de_lei_complementar_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_lei_complementar_-_010.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/622/projeto_de_lei_complementar_-_011.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_lei_complementar_-_012.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_complementar_-_013.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/665/projeto_de_lei_complementar_-014-2025_-_nota_fiscal.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_complementar_do_legislativo_no_001.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/547/veto_-_projeto_de_lei_-_006-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/524/proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/663/projeto_-_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/636/relatorio_e_voto.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/653/diario_oficial_dos_municipios_de_santa_catarina_-_visualizar_ato.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_001__25.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_02_2025.odt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_03__2025.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_004_2025.odt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_06_2025.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_07_2025.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_08_2025.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_09_2025.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_010_2025.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/544/modelo_indicacao_011_2025.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/545/modelo_indicacao_012_2025.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/549/modelo_indicacao_013_2025.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_014_2025.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/564/indicacao_016_2025.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_017_2025.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_018_2025.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_019_2025.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/578/indicacao_020_2025.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/579/indicacao_021_2025.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_22___2025.odt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_23___2025.odt" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/583/indicacao_024_2025.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/585/indicacao_cons_tran__25_2025.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/586/indicacao_26_2025.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_27_2025.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_28_2025.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_29_2025.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_30__2025.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_31__2025.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_32_2025.odt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/604/indicacao_33__2025.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_34_2025.odt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/611/indicacao_35_2025.odt" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/626/indicacao_038_2025.odt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/627/indicacao_39_2025.odt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/630/indicacao_40-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/634/indicacao_041_2025.odt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/638/indicacao__n__42_2025.odt" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/643/indicacao__n__43_2025.odt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/644/indicacao__n__44_2025.odt" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/650/indicacao_45_2025.odt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/652/indicacao_46_2025.odt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/661/indicacao_47_2025.odt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/666/indicacao_48_2025.odt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/662/decreto_legislativo_02-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/551/mocao_01_2025.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/576/mocao_casan_02_2025.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/631/mocao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/632/mocao_grupo_de_escoteiros_04_2025.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_lei_-_001_2025_-_aris.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/517/projeto_de_lei_-_002-2025_-_lei_561-2004.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/519/projeto_de_lei_-_004-2025_-_lei_563.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/520/projeto_de_lei_-_005-2025_-_lei_688-2006.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/521/projeto_de_lei_-_006-2025_-_auxilio_estudantes.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/522/projeto_de_lei_-007-2025_-_altera__lei_1246.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/523/projeto_de_lei_-008-2025_-_renume.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_de_lei_-_009-2025_-_revisao.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/552/projeto_de_lei-011-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/553/projeto_de_lei_-_012-2025_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_executivo_013-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_executivo_014-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_de_lei_-_015-2025_-_sementes_de_aveia.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/575/oficio_e_projeto_de_lei_-_016-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_-_017-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/589/projeto_de_lei_-_018-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei-019-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/591/projeto_de_lei_n_020-2025_-_porteira_a_dentro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_de_lei_-_021-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/602/projeto_de_lei_-_022-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/601/projeto_de_lei_-023-2025_-_casa_catarina.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_lei_-_024-2025_-_festival.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/607/projet_o_de_lei_-025_-_altera_lei_alisson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/608/projeto_de_lei_-_026-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/609/projeto_de_lei_-_027-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_lei_-_028-2025_-_terreno.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_lei_-_029-2025_-_coinco_-cisama.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_lei_-_030-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_-_031-2025_-_aquisicao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_lei_-032-2025_-_sandbox.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/629/projeto_lei_-_033-2025_-_5_g.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/635/projeto_de_lei_-034-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_-_035_-_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/641/projeto_-036-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/642/projeto_-037-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_-_038-2025-_ufm.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_-_039-2025_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_-_040-_2025_-_altera_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_lei_no_041-_2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_-_042-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/654/oficio_e_projeto_de_lei_-043_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/655/projeto_de_lei_n_044-2025_-_premiacao.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_-_045-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/659/projeto_de_lei_-_046-2025_-_convenio_de_transito.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/660/projeto_de_lei_-_047-2025_-_convenio_de_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_-_048-2025_-_auxilio_financeiro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/668/projeto_de_lei_-_049-2025_-_correto.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/533/projeto_de_lei_legislativo_0012025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_legislativo_no_002-2025_-_revisao_geral_anual_servidores.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/558/projeto_de_lei_do_legislativo_no_003-_alteracao_vencimento_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_do_legislativo_no_004-_altera_dispositivos-aumento_valor_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_do_legislativo_no_005-_estrutura_camara_novo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/560/pedido_de_informacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/580/pedido_informacao_02__2025.odt" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/600/pedido_informacao_03__2025.odt" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/628/pedido_informacao_06__2025.odt" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/633/pedido_informacao_07_2025.odt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/651/pedido_de_infor_08_2025.odt" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/656/pedido_de_informacao_09_2025.odt" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/657/pedido_de_informacao__10_2025.odt" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/555/resolucao_01_2025__trans_sessao_online.odt" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_resolucao_no_002-_institui_o_codigo_de_etica_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_resolucao_no_003-_regulamenta_a_consignacao_em_pagamento.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_resolucao_no_004-_dispoe_sobre_as_compras.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_resolucao_no_005-_regulamenta_o_agente_de_contracao_comissao_de_contratacao_e_fiscal_e_getsor_de_contrato.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_resolucao_no_006-_constitui_a_comissao_especial_para_estudo_e_reforma_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/541/emenda_proj_006__2025.odt" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/554/projeto_de_lei-011-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/567/requerimento_a_mesa_diretora_2025.odt" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_04-2025.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/625/oficio_dos_projetos_de_leis.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento_wanderlei_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/639/oficio_de_encaminhamento..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/669/denuncia_mariane.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_complementar_-_001-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_lei_complementar_-002-2025_compressed.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/527/projeto_de_lei_complementar_-003-2025_compressed.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/548/lei_complementar_n._004-2025_-_altera_lei_complementar_025-2007.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_complementar_52025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_complementar_006_-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_complementar_-_007-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/596/projeto_de_lei_complementar_-_008-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/605/projeto_de_lei_complementar_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_lei_complementar_-_010.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/622/projeto_de_lei_complementar_-_011.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_lei_complementar_-_012.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_complementar_-_013.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/665/projeto_de_lei_complementar_-014-2025_-_nota_fiscal.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_complementar_do_legislativo_no_001.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/547/veto_-_projeto_de_lei_-_006-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/524/proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/663/projeto_-_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/667/proposta_de_emenda_a_lei_organica_-003-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/636/relatorio_e_voto.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/653/diario_oficial_dos_municipios_de_santa_catarina_-_visualizar_ato.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H149"/>
+  <dimension ref="A1:H153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="196.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3218,2642 +3257,2743 @@
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>57</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H48" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>206</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>10</v>
+        <v>207</v>
       </c>
       <c r="D49" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>31</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
+        <v>211</v>
+      </c>
+      <c r="E50" t="s">
         <v>212</v>
       </c>
-      <c r="E50" t="s">
+      <c r="G50" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>215</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" t="s">
         <v>216</v>
       </c>
-      <c r="B51" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E51" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="F51" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H51" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D52" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="E52" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="F52" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H52" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D53" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="E53" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="F53" t="s">
-        <v>36</v>
+        <v>124</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H53" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D54" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="E54" t="s">
+        <v>217</v>
+      </c>
+      <c r="F54" t="s">
+        <v>36</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="F54" t="s">
+      <c r="H54" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>229</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>10</v>
+      </c>
+      <c r="D55" t="s">
+        <v>230</v>
+      </c>
+      <c r="E55" t="s">
         <v>231</v>
       </c>
-      <c r="B55" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F55" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H55" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D56" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E56" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F56" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>32</v>
+        <v>236</v>
       </c>
       <c r="H56" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D57" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E57" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F57" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>237</v>
+        <v>32</v>
       </c>
       <c r="H57" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D58" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E58" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F58" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H58" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D59" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E59" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F59" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H59" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D60" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E60" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F60" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H60" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D61" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E61" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F61" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H61" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D62" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E62" t="s">
-        <v>227</v>
+        <v>231</v>
+      </c>
+      <c r="F62" t="s">
+        <v>232</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H62" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D63" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E63" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>32</v>
+        <v>256</v>
       </c>
       <c r="H63" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D64" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E64" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F64" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>257</v>
+        <v>32</v>
       </c>
       <c r="H64" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D65" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E65" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F65" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H65" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D66" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E66" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F66" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H66" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D67" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E67" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F67" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H67" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="D68" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E68" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F68" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H68" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="D69" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E69" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F69" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H69" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D70" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E70" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F70" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="H70" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D71" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E71" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F71" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="H71" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D72" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E72" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F72" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G72" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H72" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D73" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E73" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F73" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H73" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D74" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E74" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F74" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H74" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D75" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E75" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F75" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="H75" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D76" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E76" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F76" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="H76" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D77" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E77" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F77" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H77" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D78" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E78" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F78" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H78" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D79" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E79" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F79" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="H79" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D80" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E80" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F80" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H80" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="D81" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E81" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F81" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H81" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D82" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E82" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F82" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H82" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D83" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E83" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F83" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H83" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D84" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E84" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F84" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H84" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D85" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E85" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F85" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="H85" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D86" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E86" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F86" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H86" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D87" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E87" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F87" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H87" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D88" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E88" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F88" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H88" t="s">
-        <v>312</v>
+        <v>328</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="D89" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E89" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F89" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H89" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="D90" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E90" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F90" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="H90" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D91" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E91" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F91" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="H91" t="s">
-        <v>333</v>
+        <v>316</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D92" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E92" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F92" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H92" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D93" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E93" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F93" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H93" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D94" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E94" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F94" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H94" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D95" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E95" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F95" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H95" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D96" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E96" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F96" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G96" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H96" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="D97" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E97" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F97" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H97" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D98" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E98" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F98" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H98" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D99" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E99" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F99" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H99" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D100" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E100" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F100" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H100" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>361</v>
+        <v>203</v>
       </c>
       <c r="D101" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E101" t="s">
-        <v>227</v>
+        <v>231</v>
+      </c>
+      <c r="F101" t="s">
+        <v>232</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>362</v>
       </c>
       <c r="H101" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>364</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>10</v>
+        <v>207</v>
       </c>
       <c r="D102" t="s">
+        <v>230</v>
+      </c>
+      <c r="E102" t="s">
+        <v>231</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="E102" t="s">
+      <c r="H102" t="s">
         <v>366</v>
-      </c>
-[...7 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>367</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>368</v>
+      </c>
+      <c r="D103" t="s">
+        <v>230</v>
+      </c>
+      <c r="E103" t="s">
+        <v>231</v>
+      </c>
+      <c r="F103" t="s">
+        <v>232</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="B103" t="s">
-[...11 lines deleted...]
-      <c r="F103" t="s">
+      <c r="H103" t="s">
         <v>370</v>
-      </c>
-[...4 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>371</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>10</v>
+      </c>
+      <c r="D104" t="s">
+        <v>372</v>
+      </c>
+      <c r="E104" t="s">
         <v>373</v>
       </c>
-      <c r="B104" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F104" t="s">
-        <v>370</v>
+        <v>13</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>374</v>
       </c>
       <c r="H104" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>376</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D105" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="E105" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="F105" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H105" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D106" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="E106" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="F106" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>381</v>
       </c>
       <c r="H106" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>383</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D107" t="s">
+        <v>372</v>
+      </c>
+      <c r="E107" t="s">
+        <v>373</v>
+      </c>
+      <c r="F107" t="s">
+        <v>377</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="E107" t="s">
+      <c r="H107" t="s">
         <v>385</v>
-      </c>
-[...7 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>386</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>30</v>
+      </c>
+      <c r="D108" t="s">
+        <v>372</v>
+      </c>
+      <c r="E108" t="s">
+        <v>373</v>
+      </c>
+      <c r="F108" t="s">
+        <v>387</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="B108" t="s">
-[...14 lines deleted...]
-      <c r="G108" s="1" t="s">
+      <c r="H108" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>390</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>10</v>
+      </c>
+      <c r="D109" t="s">
         <v>391</v>
       </c>
-      <c r="B109" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E109" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="F109" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H109" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D110" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="E110" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="F110" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>32</v>
+        <v>396</v>
       </c>
       <c r="H110" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D111" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="E111" t="s">
-        <v>385</v>
+        <v>392</v>
+      </c>
+      <c r="F111" t="s">
+        <v>75</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>32</v>
+        <v>399</v>
       </c>
       <c r="H111" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D112" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="E112" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="F112" t="s">
         <v>75</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>399</v>
+        <v>32</v>
       </c>
       <c r="H112" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D113" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="E113" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>392</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>402</v>
+        <v>32</v>
       </c>
       <c r="H113" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D114" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="E114" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="F114" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="H114" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D115" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="E115" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="F115" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H115" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D116" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="E116" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="F116" t="s">
         <v>31</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="H116" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D117" t="s">
-        <v>414</v>
+        <v>391</v>
       </c>
       <c r="E117" t="s">
+        <v>392</v>
+      </c>
+      <c r="F117" t="s">
+        <v>31</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="F117" t="s">
-[...2 lines deleted...]
-      <c r="G117" s="1" t="s">
+      <c r="H117" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>417</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>52</v>
+      </c>
+      <c r="D118" t="s">
+        <v>391</v>
+      </c>
+      <c r="E118" t="s">
+        <v>392</v>
+      </c>
+      <c r="F118" t="s">
+        <v>31</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="B118" t="s">
-[...14 lines deleted...]
-      <c r="G118" s="1" t="s">
+      <c r="H118" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>420</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>10</v>
+      </c>
+      <c r="D119" t="s">
         <v>421</v>
       </c>
-      <c r="B119" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E119" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="F119" t="s">
-        <v>380</v>
+        <v>75</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H119" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D120" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="E120" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="F120" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H120" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D121" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="E121" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="F121" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H121" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D122" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="E122" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="F122" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="H122" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="D123" t="s">
-        <v>434</v>
+        <v>421</v>
       </c>
       <c r="E123" t="s">
+        <v>422</v>
+      </c>
+      <c r="F123" t="s">
+        <v>387</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="F123" t="s">
+      <c r="H123" t="s">
         <v>436</v>
-      </c>
-[...4 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>437</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>35</v>
+      </c>
+      <c r="D124" t="s">
+        <v>421</v>
+      </c>
+      <c r="E124" t="s">
+        <v>422</v>
+      </c>
+      <c r="F124" t="s">
+        <v>387</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H124" t="s">
         <v>439</v>
-      </c>
-[...19 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>440</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>10</v>
+      </c>
+      <c r="D125" t="s">
+        <v>441</v>
+      </c>
+      <c r="E125" t="s">
         <v>442</v>
       </c>
-      <c r="B125" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F125" t="s">
-        <v>31</v>
+        <v>443</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="H125" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D126" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E126" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F126" t="s">
-        <v>380</v>
+        <v>232</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="H126" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D127" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E127" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F127" t="s">
-        <v>228</v>
+        <v>31</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H127" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D128" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E128" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F128" t="s">
-        <v>452</v>
+        <v>387</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>453</v>
       </c>
       <c r="H128" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>455</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D129" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E129" t="s">
-        <v>435</v>
+        <v>442</v>
+      </c>
+      <c r="F129" t="s">
+        <v>232</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>456</v>
       </c>
       <c r="H129" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>458</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D130" t="s">
+        <v>441</v>
+      </c>
+      <c r="E130" t="s">
+        <v>442</v>
+      </c>
+      <c r="F130" t="s">
         <v>459</v>
       </c>
-      <c r="E130" t="s">
+      <c r="G130" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="F130" t="s">
-[...2 lines deleted...]
-      <c r="G130" s="1" t="s">
+      <c r="H130" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>462</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>40</v>
+      </c>
+      <c r="D131" t="s">
+        <v>441</v>
+      </c>
+      <c r="E131" t="s">
+        <v>442</v>
+      </c>
+      <c r="G131" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="B131" t="s">
-[...14 lines deleted...]
-      <c r="G131" s="1" t="s">
+      <c r="H131" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>465</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>44</v>
+      </c>
+      <c r="D132" t="s">
+        <v>441</v>
+      </c>
+      <c r="E132" t="s">
+        <v>442</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="B132" t="s">
-[...14 lines deleted...]
-      <c r="G132" s="1" t="s">
+      <c r="H132" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>468</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>10</v>
+      </c>
+      <c r="D133" t="s">
         <v>469</v>
       </c>
-      <c r="B133" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E133" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="F133" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H133" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D134" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="E134" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="F134" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="H134" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D135" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="E135" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="F135" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="H135" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="D136" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="E136" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="F136" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="H136" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="D137" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="E137" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="F137" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H137" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="D138" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="E138" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="F138" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H138" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="D139" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="E139" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="F139" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="H139" t="s">
-        <v>321</v>
+        <v>490</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="D140" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="E140" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="F140" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="H140" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="D141" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="E141" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="F141" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="H141" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="D142" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="E142" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="F142" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H142" t="s">
-        <v>497</v>
+        <v>325</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>69</v>
+        <v>56</v>
       </c>
       <c r="D143" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="E143" t="s">
-        <v>460</v>
+        <v>470</v>
+      </c>
+      <c r="F143" t="s">
+        <v>232</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="H143" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D144" t="s">
-        <v>502</v>
+        <v>469</v>
       </c>
       <c r="E144" t="s">
+        <v>470</v>
+      </c>
+      <c r="F144" t="s">
+        <v>232</v>
+      </c>
+      <c r="G144" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="F144" t="s">
-[...2 lines deleted...]
-      <c r="G144" s="1" t="s">
+      <c r="H144" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>505</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>65</v>
+      </c>
+      <c r="D145" t="s">
+        <v>469</v>
+      </c>
+      <c r="E145" t="s">
+        <v>470</v>
+      </c>
+      <c r="F145" t="s">
+        <v>232</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="B145" t="s">
-[...5 lines deleted...]
-      <c r="D145" t="s">
+      <c r="H145" t="s">
         <v>507</v>
-      </c>
-[...10 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="D146" t="s">
-        <v>512</v>
+        <v>469</v>
       </c>
       <c r="E146" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>470</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="H146" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D147" t="s">
         <v>512</v>
       </c>
       <c r="E147" t="s">
         <v>513</v>
       </c>
       <c r="F147" t="s">
-        <v>228</v>
+        <v>377</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="H147" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>10</v>
       </c>
       <c r="D148" t="s">
+        <v>517</v>
+      </c>
+      <c r="E148" t="s">
+        <v>518</v>
+      </c>
+      <c r="F148" t="s">
+        <v>232</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H148" t="s">
         <v>520</v>
-      </c>
-[...7 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>10</v>
       </c>
       <c r="D149" t="s">
+        <v>522</v>
+      </c>
+      <c r="E149" t="s">
+        <v>523</v>
+      </c>
+      <c r="F149" t="s">
+        <v>232</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H149" t="s">
         <v>525</v>
       </c>
-      <c r="E149" t="s">
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
         <v>526</v>
       </c>
-      <c r="G149" s="1" t="s">
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>17</v>
+      </c>
+      <c r="D150" t="s">
+        <v>522</v>
+      </c>
+      <c r="E150" t="s">
+        <v>523</v>
+      </c>
+      <c r="F150" t="s">
+        <v>232</v>
+      </c>
+      <c r="G150" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="H149" t="s">
+      <c r="H150" t="s">
         <v>528</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>529</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>21</v>
+      </c>
+      <c r="D151" t="s">
+        <v>522</v>
+      </c>
+      <c r="E151" t="s">
+        <v>523</v>
+      </c>
+      <c r="F151" t="s">
+        <v>232</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H151" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>532</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>10</v>
+      </c>
+      <c r="D152" t="s">
+        <v>533</v>
+      </c>
+      <c r="E152" t="s">
+        <v>534</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H152" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>537</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>10</v>
+      </c>
+      <c r="D153" t="s">
+        <v>538</v>
+      </c>
+      <c r="E153" t="s">
+        <v>539</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="H153" t="s">
+        <v>541</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5962,50 +6102,54 @@
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>