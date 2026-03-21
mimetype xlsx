--- v1 (2026-01-29)
+++ v2 (2026-03-21)
@@ -54,1632 +54,1632 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rubia Schmidt Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_001__25.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_001__25.docx</t>
   </si>
   <si>
     <t>EMENTA: COLETA DE LIXO NA LOCALIDADE DA BOSSARDI INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_02_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_02_2025.odt</t>
   </si>
   <si>
     <t>EMENTA: INCLUSÃO DE ALIMENTOS ESPECÍFICOS NA CESTA BÁSICA PARA PESSOAS EM TRATAMENTO ONCOLÓGICO.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_03__2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_03__2025.docx</t>
   </si>
   <si>
     <t>EMENTA DISPONIBILIZAÇÃO DE CURSO DE PRIMEIROS SOCORROS AOS PROFISSIONAIS DA EDUCAÇÃO</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Eder Lang França</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_004_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_004_2025.odt</t>
   </si>
   <si>
     <t>EMENTA: MELHORIAS NO CAMPO DE AREIA DO BAIRRO QUATRO PINHEIROS.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Rodrigo Gomes Posanski</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE APARELHOS DE AR CONDICIONADO NA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Vera Lucia Vargas Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_06_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_06_2025.docx</t>
   </si>
   <si>
     <t>REPASSE DE RECURSO FINANCEIRO A ENTIDADE GRUPO DE ESCOTEIROS BUTIÁ DA SERRA.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_07_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_07_2025.docx</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PONTO DE ÔNIBUS NO COMPLEXO HABITACIONAL VÓ MARGARIDA.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_08_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_08_2025.docx</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PONTO DE ÔNIBUS NA RUA JOSEFA PIRES DE LIMA E NA RUA MELCHIADES MOREIRA DA SILVA.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_09_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_09_2025.docx</t>
   </si>
   <si>
     <t>ESTUDO E POSSIBILIDADE DE IMPLANTAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO E O SISTEMA PRISIONAL PARA A DISPONIBILIZAÇÃO DE MÃO DE OBRA DOS APENADOS.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_010_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_010_2025.docx</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DA CAPELA MORTUÁRIA MUNICIPAL E CONSTRUÇÃO DE BANHEIROS NO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Mariane Calomeno Machado da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/544/modelo_indicacao_011_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/544/modelo_indicacao_011_2025.docx</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE LOMBADA NA RUA SANTA CATARINA PROXIMIDADES DO CALÇADÃO.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/545/modelo_indicacao_012_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/545/modelo_indicacao_012_2025.docx</t>
   </si>
   <si>
     <t>REESTRUTURAÇÃO E REVITALIZAÇÃO DA AVENIDA ANERCINDO DA SILVA CALOMENO.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/549/modelo_indicacao_013_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/549/modelo_indicacao_013_2025.docx</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO SISTEMA DE ESGOTO NA RUA CARLOTA VALTER, BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Cleiton de Lima Sozo</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_014_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_014_2025.docx</t>
   </si>
   <si>
     <t>REFORMA E MELHORIAS NO CENTRO CULTURAL VITALINA DOS SANTOS.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Luiz Felipe Ozório</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_15-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_15-2025.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO NÃO PROMOVA O DESCONTO DO AUXILIO ALIMENTAÇÃO DOS SERVIDORES QUE ESTIVEREM DE ATESTADO MÉDICO E OU QUE ENVIE PROJETO AO LEGISLATIVO PARA ALTERAÇÃO DA NORMA SOBRE A MATÉRIA.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/564/indicacao_016_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/564/indicacao_016_2025.docx</t>
   </si>
   <si>
     <t>QUE O CHEFE DO PODER EXECUTIVO ATRAVÉS DA SECRETARIA DE OBRAS PROVIDENCIE A IMPLANTAÇÃO DE LIXEIRAS NO INTERIOR DO MUNICÍPIO COM HASTES PARA MANTER DISTANTE DO CHÃO E FECHADAS COM TAMPAS, EVITANDO ASSIM QUE ANIMAIS TENHAM CONTATO E ESPALHEM TAIS RESÍDUOS ATÉ A PRÓXIMA COLETA.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_017_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_017_2025.docx</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LIXEIRA COMUNITÁRIA NA RUA ELÍDIO PEREIRA.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_018_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_018_2025.docx</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PONTO DE ÔNIBUS NA RUA ELÍDIO PEREIRA, BAIRRO RONDINHA.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_019_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_019_2025.docx</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/578/indicacao_020_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/578/indicacao_020_2025.docx</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CERCA NAS RESIDÊNCIAS DO LOTEAMENTO "VÓ MARGARIDA".</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/579/indicacao_021_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/579/indicacao_021_2025.docx</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE MURO NO CEMITÉRIO MUNICIPAL NA PARTE QUE FICA À FRENTE DA CRECHE "CEI TIA ROSE".</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_22___2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_22___2025.odt</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LIXEIRAS NA RUA ELÍDIO PEREIRA.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_23___2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_23___2025.odt</t>
   </si>
   <si>
     <t>PATROLAMENTO E INSTALAÇÃO DE LOMBADA NA RUA ERNESTO PIRES DE LIMA.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/583/indicacao_024_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/583/indicacao_024_2025.docx</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ELEVADO DE PEDESTRES NA AVENIDA ANERCINDO DA SILVA CALOMENO.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/585/indicacao_cons_tran__25_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/585/indicacao_cons_tran__25_2025.docx</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO ENCAMINHE A ESTA CASA LEGISLATIVA PROJETO DE LEI PARA A IMPLANTAÇÃO DO CONSELHO MUNICIPAL DE TRÂNSITO.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/586/indicacao_26_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/586/indicacao_26_2025.docx</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO SE INSCREVA NO PROGRAMA ESTADUAL "PET LEVADO A SÉRIO".</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Junior Cesar dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_27_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_27_2025.docx</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE LOMBADAS.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_28_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_28_2025.docx</t>
   </si>
   <si>
     <t>ANTECIPAÇÃO DA ABERTURA DA SALA DE ACOLHIMENTO DA UBS PARA AS  12:30.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_29_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_29_2025.docx</t>
   </si>
   <si>
     <t>Substituição da lixeira que está ao lado da Escola Municipal Gente Pequena, a troca pelas lixeiras do mesmo padrão das demais dificultam o acesso de animais aos resíduos, eis que as mesmas possuem tampas para melhor armazenamento do lixo.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_30__2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_30__2025.docx</t>
   </si>
   <si>
     <t>CONSTRUÇÃO E OU AMPLIAÇÃO DA COBERTURA DE ACESSO AO C.E.I "TIA ROSE".</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_31__2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_31__2025.docx</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PONTO DE ÔNIBUS NA RUA ERNESTO PIRES DE LIMA.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_32_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_32_2025.odt</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE CONCERTO E MANUTENÇÃO DAS CERCAS DA SECRETARIA DE OBRAS.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/604/indicacao_33__2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/604/indicacao_33__2025.docx</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LIXEIRA NA RUA NERY CARLOS LUTZ.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_34_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_34_2025.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO AO PODER EXECUTIVO QUE REALIZE A ADESÃO AO PROGRAMA ESTRADA BOA RURAL</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/611/indicacao_35_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/611/indicacao_35_2025.odt</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE UNIFORMES, EQUIPAMENTOS DE PROTEÇÃO E CAPACITAÇÃO PARA OS VIGILANTES DAS ESCOLAS MUNICIPAIS, BEM COMO OS DEMAIS VIGIAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Indicação 36/2025</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Indicação 37/2025</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/626/indicacao_038_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/626/indicacao_038_2025.odt</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO LANCE O PROGRAMA REFIS 2025.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/627/indicacao_39_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/627/indicacao_39_2025.odt</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO PROVIDENCIE A IMPLANTAÇÃO DE INTERNET RURAL NA LOCALIDADE CAMPINA GRANDE.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/630/indicacao_40-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/630/indicacao_40-2025.pdf</t>
   </si>
   <si>
     <t>QUE O MUNICÍPIO REALIZE APOIO E PATROCÍNIO DO EVENTO DA CAVALGADA QUE SERÁ REALIZADA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/634/indicacao_041_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/634/indicacao_041_2025.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE OCORRA A TRANSFORMAÇÃO DA ATUAL SEDE DOS ESCOTEIROS BUTIÁ DA SERRA, EM CASA DA CULTURA OU ESPAÇO PÚBLICO COMUNITÁRIO.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/638/indicacao__n__42_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/638/indicacao__n__42_2025.odt</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE MELHORIA NA ILUMINAÇÃO DE PRÉDIOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Jonas Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/643/indicacao__n__43_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/643/indicacao__n__43_2025.odt</t>
   </si>
   <si>
     <t>PINTURA DE MEIO FIO DA RUA JORGE MARTINS BAIRRO SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/644/indicacao__n__44_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/644/indicacao__n__44_2025.odt</t>
   </si>
   <si>
     <t>SUGERE ESTUDO PARA REGULAMENTAR O USO DE TÉCNICOS DE ENFERMAGEM, SOB SUPERVISÃO DE ENFERMEIRO, NA DISPENSAÇÃO DE MEDICAMENTOS DE RECEITAS SIMPLES OU BÁSICOS, EM SITUAÇÕES EXCEPCIONAIS E PERMITIDAS PELA LEGISLAÇÃO, SEM CRIAÇÃO DE NOVOS CARGOS OU AUMENTO DE DESPESAS.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/650/indicacao_45_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/650/indicacao_45_2025.odt</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO E CONTINUIDADE DO USO COMUNITÁRIO DO CENTRO CULTURAL DONA IRENE (CENTRINHO).</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/652/indicacao_46_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/652/indicacao_46_2025.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE CONSTRUÇÃO DE BANHEIRO PÚBLICO EM ANEXO A ACADEMIA DE SAÚDE.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/661/indicacao_47_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/661/indicacao_47_2025.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA O PODER EXECUTIVO ENVIE ESTE ANO O PROJETO DE LEI QUE TRATA DO AUXILIO FINANCEIRO A ESTUDANTES PARA O ANO DE 2026.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/666/indicacao_48_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/666/indicacao_48_2025.odt</t>
   </si>
   <si>
     <t>REVISÃO DAS ROTAS DO TRANSPORTE ESCOLAR, MANUTENÇÃO E CONSTRUÇÃO DE PONTOS DE ÔNIBUS.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/662/decreto_legislativo_02-2025_-_assinado.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/662/decreto_legislativo_02-2025_-_assinado.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas da Prefeitura Municipal de Ponte Alta do Norte referente ao ano de 2024 e dá outras providencias.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/551/mocao_01_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/551/mocao_01_2025.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO GOVERNADOR DE SANTA CATARINA PARA O CHAMAMENTO DOS POLICIAIS PENAIS REMANESCENTES DO CONCURSO DO ANO DE 2019.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/576/mocao_casan_02_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/576/mocao_casan_02_2025.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE SENSIBILIZAÇÃO PARA A NÃO PRIVATIZAÇÃO DA CASAN.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/631/mocao_03-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/631/mocao_03-2025.pdf</t>
   </si>
   <si>
     <t>HOMENAGEM À COMPANHIA DE DANÇA FREE STEP.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/632/mocao_grupo_de_escoteiros_04_2025.docx</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/632/mocao_grupo_de_escoteiros_04_2025.docx</t>
   </si>
   <si>
     <t>HOMENAGEM AOS RESPONSÁVEIS PELA CONDUÇÃO DO GRUPO DE ESCOTEIROS BUTIÁ DA SERRA.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Poder Executivo - EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_lei_-_001_2025_-_aris.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_lei_-_001_2025_-_aris.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no protocolo de intenções consubstanciado no contrato de consorcio público da agencia reguladora intermunicipal de saneamento (ARIS), e dá outras providencias.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/517/projeto_de_lei_-_002-2025_-_lei_561-2004.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/517/projeto_de_lei_-_002-2025_-_lei_561-2004.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a dar nova redação ao parágrafo único do art. 1º da lei municipal nº 531/2004.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a dar nova redação ao parágrafo único do art. 1º da lei municipal nº 562/2004.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/519/projeto_de_lei_-_004-2025_-_lei_563.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/519/projeto_de_lei_-_004-2025_-_lei_563.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a dar nova redação ao parágrafo único do art. 1º da lei municipal nº 563/2004.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/520/projeto_de_lei_-_005-2025_-_lei_688-2006.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/520/projeto_de_lei_-_005-2025_-_lei_688-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a dar nova redação ao parágrafo único do art. 1º da lei municipal nº 688/2006.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/521/projeto_de_lei_-_006-2025_-_auxilio_estudantes.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/521/projeto_de_lei_-_006-2025_-_auxilio_estudantes.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a conceder auxílio financeiro a estudantes no ano letivo de 2025.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/522/projeto_de_lei_-007-2025_-_altera__lei_1246.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/522/projeto_de_lei_-007-2025_-_altera__lei_1246.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1246/2022, que cria o programa municipal de habitação de interesse social e dá outras providencias.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/523/projeto_de_lei_-008-2025_-_renume.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/523/projeto_de_lei_-008-2025_-_renume.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Ponte Alta do Norte a distribuir medicamentos de uso contínuo e necessários para tratamento de saúde do cidadão, e que não são contemplados na relação nacional de medicamentos essenciais (RENAME) no âmbito do SUS.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_de_lei_-_009-2025_-_revisao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_de_lei_-_009-2025_-_revisao.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE REVISÃO GERAL ANUAL DOS NIVEIS DE VENCIMENTOS, SALÁRIOS E PROVENTOS, CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DOS SERVIDORES PUBLICOS MUNICIPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>*SUBSTITUI O PLE 09/2025* DISPOE SOBRE REVISÃO GERAL ANUAL DOS NIVEIS DE VENCIMENTOS, SALÁRIOS E PROVENTOS, CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DOS SERVIDORES PUBLICOS MUNICIPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/552/projeto_de_lei-011-2025_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/552/projeto_de_lei-011-2025_-_dotacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar dotações orçamentarias, abrir credito especial e dá outras providencias.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/553/projeto_de_lei_-_012-2025_-_conselho_tutelar.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/553/projeto_de_lei_-_012-2025_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1288/2023, de 03 de abril de 2023, que estabelece a estrutura e funcionamento do Conselho TUtelar, e dá outras providencias.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_executivo_013-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_executivo_013-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar dotações orçamentárias e das outras providencias.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_executivo_014-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_executivo_014-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir credito especial e das outras providencias.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_de_lei_-_015-2025_-_sementes_de_aveia.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_de_lei_-_015-2025_-_sementes_de_aveia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o incentivo á produção agropecuária – distribuição de sementes de aveia no município de Ponte Alta do Norte e dá outras providencias.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/575/oficio_e_projeto_de_lei_-_016-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/575/oficio_e_projeto_de_lei_-_016-2025.pdf</t>
   </si>
   <si>
     <t>Ratifica a 1ª alteração do contrato de consórcio publico do Consórcio Interfederativo de Saúde da Região da Amures - CISAMURES</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_-_017-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_-_017-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A MOVIMENTAR DOTAÇÕES ORÇAMENTÁRIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/589/projeto_de_lei_-_018-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/589/projeto_de_lei_-_018-2025.pdf</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei-019-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei-019-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CREDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/591/projeto_de_lei_n_020-2025_-_porteira_a_dentro.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/591/projeto_de_lei_n_020-2025_-_porteira_a_dentro.pdf</t>
   </si>
   <si>
     <t>Institui o programa "Porteira Adentro", no município de Ponte Alta do Norte e dá outras providencias.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_de_lei_-_021-2025_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_de_lei_-_021-2025_-_dotacao.pdf</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/602/projeto_de_lei_-_022-2025_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/602/projeto_de_lei_-_022-2025_-_dotacao.pdf</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/601/projeto_de_lei_-023-2025_-_casa_catarina.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/601/projeto_de_lei_-023-2025_-_casa_catarina.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Cessão de Uso e doar terrenos públicos e unidades habitacionais construídas com recursos do Programa Casa Catarina, para famílias em situação de vulnerabilidade social, e dá outras providências.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_lei_-_024-2025_-_festival.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_lei_-_024-2025_-_festival.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo a realizar Festival da Canção de Ponte Alta do Norte – “Antonio Gotardo de Oliveira – Toninho da Viola”, premiar selecionados e dá outras providencias.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/607/projet_o_de_lei_-025_-_altera_lei_alisson.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/607/projet_o_de_lei_-025_-_altera_lei_alisson.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a dar nova redação ao art. 1o da Lei Municipal n. 1060/2015 e dá outras providencias.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/608/projeto_de_lei_-_026-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/608/projeto_de_lei_-_026-2025.pdf</t>
   </si>
   <si>
     <t>Prorroga vigência do plano municipal de Educação aprovado pela lei 1046/2015, de 01 de junho de 2015</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/609/projeto_de_lei_-_027-2025_-_ppa_2026-2029.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/609/projeto_de_lei_-_027-2025_-_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o PPA, para o exercício de 2026/2029, e dá outras providencias.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_lei_-_028-2025_-_terreno.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_lei_-_028-2025_-_terreno.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir área de terras por dispensa de licitação para ampliação do Loteamento Vó Margarida.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_lei_-_029-2025_-_coinco_-cisama.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_lei_-_029-2025_-_coinco_-cisama.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de parceria entre o Município de Ponte Alta do Norte – SC, com consórcios públicos municipais, autoriza ratificar convênio de cooperação e protocolo de intenções de consórcio público e adota outras providências.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_lei_-_030-2025_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_lei_-_030-2025_-_dotacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A MOVIMENTAR DOTAÇÕES ORÇAMENTARIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_-_031-2025_-_aquisicao_de_terreno.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_-_031-2025_-_aquisicao_de_terreno.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir área de terras por dispensa de licitação para ampliação da Secretaria Municipal de Agricultura e Meio Ambiente.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_lei_-032-2025_-_sandbox.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_lei_-032-2025_-_sandbox.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as regras para constituição e funcionamento de ambiente regulatório Experimental (Sandbox Regulatório) no Município de Ponte Alta do Norte.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/629/projeto_lei_-_033-2025_-_5_g.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/629/projeto_lei_-_033-2025_-_5_g.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação para a instalação e uso do sistema 5G no Município de Ponte Alta do Norte.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/635/projeto_de_lei_-034-2025_-_ldo_2026.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/635/projeto_de_lei_-034-2025_-_ldo_2026.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO, PARA O EXERCÍCIO 2026, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_-_035_-_2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_-_035_-_2025.pdf</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/641/projeto_-036-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/641/projeto_-036-2025.pdf</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/642/projeto_-037-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/642/projeto_-037-2025.pdf</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_-_038-2025-_ufm.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_-_038-2025-_ufm.pdf</t>
   </si>
   <si>
     <t>Fixa o valor da unidade fiscal do municipio de Ponte Alta do Norte e dá outras providencias</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_-_039-2025_-_iptu.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_-_039-2025_-_iptu.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do "Imposto Predial e Territorial Urbano" para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_-_040-_2025_-_altera_aluguel_social.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_-_040-_2025_-_altera_aluguel_social.pdf</t>
   </si>
   <si>
     <t>Altera o valor máximo do aluguel social, instituído pela lei nº 1025/2014.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_lei_no_041-_2025_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_lei_no_041-_2025_-_dotacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a movimentar dotações orçamentárias.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_-_042-2025_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_-_042-2025_-_dotacao.pdf</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/654/oficio_e_projeto_de_lei_-043_-_loa_2026.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/654/oficio_e_projeto_de_lei_-043_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Ponte Alta do Norte para o exercício de 2026, e da outras providencias.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/655/projeto_de_lei_n_044-2025_-_premiacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/655/projeto_de_lei_n_044-2025_-_premiacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a premiação do campeonato municipal de Futsal 2025, pelo município de Ponte Alta do Norte, e dá outras providencias.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_-_045-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_-_045-2025.pdf</t>
   </si>
   <si>
     <t>Ratifica a 2ª alteração do contrato de Consorcio publico do Consorcio Inter federativo de Saúde da Região da Amures - CISAMURES.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/659/projeto_de_lei_-_046-2025_-_convenio_de_transito.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/659/projeto_de_lei_-_046-2025_-_convenio_de_transito.pdf</t>
   </si>
   <si>
     <t>Autoriza o MUNICÍPIO DE PONTE ALTA DO NORTE a celebrar convênio com o Estado de Santa Catarina, por intermédio do Departamento Estadual de Trânsito (DETRAN/SC), da Polícia Militar (PMSC) e da Polícia Civil (PCSC), para delegação de atividades de trânsito, e dá outras providências.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/660/projeto_de_lei_-_047-2025_-_convenio_de_bombeiros.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/660/projeto_de_lei_-_047-2025_-_convenio_de_bombeiros.pdf</t>
   </si>
   <si>
     <t>Autoriza o MUNICÍPIO DE PONTE ALTA DO NORTE a celebrar convênio com o Estado de Santa Catarina, por intermédio do Corpo de Bombeiros Militar de Santa Catarina (CBMSC), para a execução dos serviços de prevenção, combate a sinistros, busca e salvamento, atendimento pré-hospitalar e outros de competência do Corpo de Bombeiros Militar, previstos no artigo 108 da constituição estadual, e dá outras providências.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_-_048-2025_-_auxilio_financeiro.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_-_048-2025_-_auxilio_financeiro.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro a estudantes, residentes no município de Ponte Alta do Norte SC.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/668/projeto_de_lei_-_049-2025_-_correto.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/668/projeto_de_lei_-_049-2025_-_correto.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro a estudantes, residentes no município de Ponte Alta do Norte-SC.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/533/projeto_de_lei_legislativo_0012025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/533/projeto_de_lei_legislativo_0012025.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A DENOMINAÇÃO DO CENTRO DE ATENDIMENTO ESPECIALIZADO "FELIPE AFONSO PORTES NETO" DE PONTE ALTA DO NORTE E DÁS OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>Câmara Municipal de Ponte Alta do Norte - CMPAN</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_legislativo_no_002-2025_-_revisao_geral_anual_servidores.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_legislativo_no_002-2025_-_revisao_geral_anual_servidores.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL DOS NÍVEIS DE VENCIMENTOS, SALÁRIOS E PROVENTOS, CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE PONTE ALTA DO NORTE, NOS MESMOS ÍNDICES CONCEDIDOS AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/558/projeto_de_lei_do_legislativo_no_003-_alteracao_vencimento_assessor_juridico.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/558/projeto_de_lei_do_legislativo_no_003-_alteracao_vencimento_assessor_juridico.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR nº 022/2005, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_do_legislativo_no_004-_altera_dispositivos-aumento_valor_das_diarias.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_do_legislativo_no_004-_altera_dispositivos-aumento_valor_das_diarias.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI nº 1.131/2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>Gabinete Presidencia - GPRES</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_do_legislativo_no_005-_estrutura_camara_novo.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_do_legislativo_no_005-_estrutura_camara_novo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO Nº 005/2025 - DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA E REESTRUTURAÇÃO DO QUADRO DE PESSOAL, AS FUNÇÕES GRATIFICADAS E O PLANO DE CARGOS, VENCIMENTOS E DESENVOLVIMENTO FUNCIONAL DA CÂMARA MUNICIPAL DE PONTE ALTA DO NORTE.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/560/pedido_de_informacao_01-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/560/pedido_de_informacao_01-2025.pdf</t>
   </si>
   <si>
     <t>QUE A SECRETARIA MUNICIPAL DE SAÚDE APRESENTE A RELAÇÃO E QUANTIDADE DE MEDICAMENTOS DISPONÍVEIS NA UNIDADE DE SAÚDE. E CÓPIA DA LISTA DO RENAME E REMUME, ESPECIFICANDO QUAIS ESTÃO EM FALTA.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/580/pedido_informacao_02__2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/580/pedido_informacao_02__2025.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CÓPIA DO CONTRATO DO CONVÊNIO RELACIONADO AO PROJETO BEM-TE-VI.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/600/pedido_informacao_03__2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/600/pedido_informacao_03__2025.odt</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES A RESPEITO DA MÁQUINA HIDRÁULICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>Pedido de Informação 4/2025</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>Pedido de Informação 5/2025</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/628/pedido_informacao_06__2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/628/pedido_informacao_06__2025.odt</t>
   </si>
   <si>
     <t>INFORMAÇÕES ACERCA DE PUBLICAÇÃO EM REDES SOCIAIS QUE TRATA SOBRE RECURSOS FEDERAIS.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/633/pedido_informacao_07_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/633/pedido_informacao_07_2025.odt</t>
   </si>
   <si>
     <t>INFORMAÇÕES REFERENTE AO QUADRO DE SERVIDORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/651/pedido_de_infor_08_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/651/pedido_de_infor_08_2025.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INFORMAÇÕES SOBRE O GRUPO DE IDOSOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/656/pedido_de_informacao_09_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/656/pedido_de_informacao_09_2025.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE DOCUMENTOS REFERENTE AO PROCESSO LICITATÓRIA N. 01/2025.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/657/pedido_de_informacao__10_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/657/pedido_de_informacao__10_2025.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PARECER JURÍDICO SOBRE PARTICIPAÇÃO DE EMPRESAS EM LICITAÇÕES.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>Re</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/555/resolucao_01_2025__trans_sessao_online.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/555/resolucao_01_2025__trans_sessao_online.odt</t>
   </si>
   <si>
     <t>TRANSMISSÃO ONLINE DAS SESSÕES OFICIAIS DA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_resolucao_no_002-_institui_o_codigo_de_etica_parlamentar.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_resolucao_no_002-_institui_o_codigo_de_etica_parlamentar.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE ÉTICA PARLAMENTAR DA CÂMARA DE VEREADORES DO MUNICÍPIO DE PONTE ALTA DO NORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_resolucao_no_003-_regulamenta_a_consignacao_em_pagamento.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_resolucao_no_003-_regulamenta_a_consignacao_em_pagamento.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CONSIGNAÇÃO EM FOLHA DE PAGAMENTO PARA OS SERVIDORES EFETIVOS, COMISSIONADOS E AGENTES POLÍTICOS DA CÂMARA DE VEREADORES DO MUNICÍPIO DE PONTE ALTA DO NORTE/SC.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_resolucao_no_004-_dispoe_sobre_as_compras.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_resolucao_no_004-_dispoe_sobre_as_compras.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCEDIMENTO ADMINISTRATIVO PARA A REALIZAÇÃO DE PESQUISA DE PREÇOS PARA AQUISIÇÃO DE BENS E CONTRATAÇÃO DE SERVIÇOS EM GERAL, NO ÂMBITO DA CÂMARA MUNICIPAL DE PONTE ALTA DO NORTE.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_resolucao_no_005-_regulamenta_o_agente_de_contracao_comissao_de_contratacao_e_fiscal_e_getsor_de_contrato.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_resolucao_no_005-_regulamenta_o_agente_de_contracao_comissao_de_contratacao_e_fiscal_e_getsor_de_contrato.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O DISPOSTO NO § 3º DO ART. 8º DA LEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2021, PARA DISPOR SOBRE AS REGRAS PARA A ATUAÇÃO DO AGENTE DE CONTRATAÇÃO, FUNCIONAMENTO DA COMISSÃO DE CONTRATAÇÃO E A ATUAÇÃO DO GESTOR E FISCAIS DE CONTRATOS, NO ÂMBITO DA CÂMARA MUNICIPAL DE PONTE ALTA DO NORTE.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_resolucao_no_006-_constitui_a_comissao_especial_para_estudo_e_reforma_do_regimento_interno.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_resolucao_no_006-_constitui_a_comissao_especial_para_estudo_e_reforma_do_regimento_interno.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 006/2025 CONSTITUI COMISSÃO ESPECIAL PARA ESTUDO E REFORMA DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>CCJ - Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/541/emenda_proj_006__2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/541/emenda_proj_006__2025.odt</t>
   </si>
   <si>
     <t>EMENDA QUE INCLUI AS MODALIDADES SEMI PRESENCIAIS E EAD.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/554/projeto_de_lei-011-2025_-_dotacao.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/554/projeto_de_lei-011-2025_-_dotacao.pdf</t>
   </si>
   <si>
     <t>Solicita regime de urgência na tramitação referente ao projeto de lei 011/2025</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/567/requerimento_a_mesa_diretora_2025.odt</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/567/requerimento_a_mesa_diretora_2025.odt</t>
   </si>
   <si>
     <t>REQUERIMENTO A MESA DIRETORA PARA ALTERAÇÃO DA NORMA QUE REGULAMENTA A ELABORAÇÃO DA PAUTA BEM COMO RECEBIMENTO DE MATÉRIAS.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_04-2025.doc</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_04-2025.doc</t>
   </si>
   <si>
     <t>Requerimento para Convocação</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/625/oficio_dos_projetos_de_leis.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/625/oficio_dos_projetos_de_leis.pdf</t>
   </si>
   <si>
     <t>Solicita regime de urgência referente aos projetos supracitados no oficio 091/2025.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>Protocolo - PROT</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento_wanderlei_2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento_wanderlei_2025.pdf</t>
   </si>
   <si>
     <t>APURAÇÃO DE SUPOSTA INFRAÇÃO POLÍTICA-ADMINISTRATIVA PRATICADA POR VEREADOR. _x000D_
 _x000D_
 REQUERENTE: WANDERLEI GONÇALVES, INSCRITO NO CPF SOB N. 026.597.589-13 (O REQUERIMENTO  APRESENTADO NA SECRETARIA DA CASA LEGISLATIVA POSSUI 16 FOLHAS).</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/639/oficio_de_encaminhamento..pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/639/oficio_de_encaminhamento..pdf</t>
   </si>
   <si>
     <t>Solicita regime de Caráter de Urgência referente aos Projetos de Lei 035/2025, 036/2025 e 037/2025.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/669/denuncia_mariane.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/669/denuncia_mariane.pdf</t>
   </si>
   <si>
     <t>APURAÇÃO DE SUPOSTA INFRAÇÃO POLITÍCO-ADMINISTRATIVA  em face da vereadora MARIANE CALOMENO MACHADO DA ROSA. REQUERENTE MARLI DE FÁTIMA LOURENÇO INSCRITA NO CPF 802.727.209-25.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_complementar_-_001-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_complementar_-_001-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 025/2007 e dá outras providencias.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_lei_complementar_-002-2025_compressed.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_lei_complementar_-002-2025_compressed.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime jurídico dos servidores públicos do município de Ponte Alta do Norte.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/527/projeto_de_lei_complementar_-003-2025_compressed.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/527/projeto_de_lei_complementar_-003-2025_compressed.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura administrativa do município de ponte alta do norte dos servidores públicos do município de Ponte Alta do Norte e do Plano de Carreira e vencimentos dos servidores públicos municipais e dá outras providencias.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/548/lei_complementar_n._004-2025_-_altera_lei_complementar_025-2007.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/548/lei_complementar_n._004-2025_-_altera_lei_complementar_025-2007.pdf</t>
   </si>
   <si>
     <t>(substituto PL LC n. 001/2025) – ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR no 025/2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_complementar_52025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_complementar_52025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei Complementar 065/2018 e da outras providencias.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_complementar_006_-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_complementar_006_-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta vagas no Anexo III e Anexo IV, da Lei Complementar n. 042/2011 e dá outras providencias.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_complementar_-_007-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_complementar_-_007-2025.pdf</t>
   </si>
   <si>
     <t>Institui mecanismos administrativos e extrajudiciais para a cobrança de créditos tributários e não tributários inscritos em Dívida do Município de Ponte Alta do Norte, e dá outras providências.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/596/projeto_de_lei_complementar_-_008-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/596/projeto_de_lei_complementar_-_008-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o ajuizamento de execuções fiscais de dívida ativa da Fazenda pública municipal de baixo valor, e dá outras providências.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/605/projeto_de_lei_complementar_no_009-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/605/projeto_de_lei_complementar_no_009-2025.pdf</t>
   </si>
   <si>
     <t>Fica alterado o art. 67, da Lei Complementar 091/2025, e dá outras providencias.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_lei_complementar_-_010.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_lei_complementar_-_010.pdf</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/622/projeto_de_lei_complementar_-_011.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/622/projeto_de_lei_complementar_-_011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Política Municipal de Desenvolvimento Econômico e Inovação e cria o Programa de Inovação do Município de Ponte Alta do Norte e dá outras providências.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_lei_complementar_-_012.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_lei_complementar_-_012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação para a desburocratização econômica e liberdade empreendedora no Município de Ponte Alta do Norte.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_complementar_-_013.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_complementar_-_013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de Parcerias Público-Privadas e Concessões do Município de Ponte Alta do Norte, e dá outras providências.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/665/projeto_de_lei_complementar_-014-2025_-_nota_fiscal.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/665/projeto_de_lei_complementar_-014-2025_-_nota_fiscal.pdf</t>
   </si>
   <si>
     <t>Institui a Nota Fiscal de Serviços eletrônica no Município de Ponte Alta do Norte.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_complementar_do_legislativo_no_001.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_complementar_do_legislativo_no_001.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N.1255/2022 PARA AUMENTAR O VALOR DO BENEFÍCIO DE AUXÍLIO ALIMENTAÇÃO DOS SERVIDORES_x000D_
 PÚBLICOS DO PODER LEGISLATIVO MUNICIPAL DE PONTE ALTA DO NORTE.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/547/veto_-_projeto_de_lei_-_006-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/547/veto_-_projeto_de_lei_-_006-2025.pdf</t>
   </si>
   <si>
     <t>VETO AO PROJETO DE LEI 006/2025</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>EMLOM</t>
   </si>
   <si>
     <t>Emenda Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/524/proposta_de_emenda_a_lei_organica.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/524/proposta_de_emenda_a_lei_organica.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica municipal.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/663/projeto_-_emenda_a_lei_organica.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/663/projeto_-_emenda_a_lei_organica.pdf</t>
   </si>
   <si>
     <t>Altera, revoga e acrescenta dispositivos à Lei Orgânica Municipal, e dá outras providencias.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/667/proposta_de_emenda_a_lei_organica_-003-2025.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/667/proposta_de_emenda_a_lei_organica_-003-2025.pdf</t>
   </si>
   <si>
     <t>Proposta Substitutiva de Emenda a Lei Organica Municipal 03/2025 - Altera dispositivos da Lei Organica.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Contas Anuais</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/636/relatorio_e_voto.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/636/relatorio_e_voto.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS ANUAIS DE PREFEITO. MUNICÍPIO DE PONTE ALTA DO NORTE. AUSÊNCIA DE RESTRIÇÕES GRAVES. PARECER PRÉVIO PELA  PROVAÇÃO DAS CONTAS. RECOMENDAÇÕES.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>EDT</t>
   </si>
   <si>
     <t>EDITAL</t>
   </si>
   <si>
-    <t>https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/653/diario_oficial_dos_municipios_de_santa_catarina_-_visualizar_ato.pdf</t>
+    <t>http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/653/diario_oficial_dos_municipios_de_santa_catarina_-_visualizar_ato.pdf</t>
   </si>
   <si>
     <t>EDITAL DE CONVOCAÇÃO DE SESSÃO EXTRAORDINÁRIA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1986,68 +1986,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_001__25.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_02_2025.odt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_03__2025.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_004_2025.odt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_06_2025.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_07_2025.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_08_2025.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_09_2025.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_010_2025.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/544/modelo_indicacao_011_2025.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/545/modelo_indicacao_012_2025.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/549/modelo_indicacao_013_2025.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_014_2025.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/564/indicacao_016_2025.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_017_2025.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_018_2025.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_019_2025.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/578/indicacao_020_2025.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/579/indicacao_021_2025.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_22___2025.odt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_23___2025.odt" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/583/indicacao_024_2025.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/585/indicacao_cons_tran__25_2025.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/586/indicacao_26_2025.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_27_2025.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_28_2025.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_29_2025.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_30__2025.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_31__2025.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_32_2025.odt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/604/indicacao_33__2025.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_34_2025.odt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/611/indicacao_35_2025.odt" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/626/indicacao_038_2025.odt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/627/indicacao_39_2025.odt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/630/indicacao_40-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/634/indicacao_041_2025.odt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/638/indicacao__n__42_2025.odt" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/643/indicacao__n__43_2025.odt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/644/indicacao__n__44_2025.odt" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/650/indicacao_45_2025.odt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/652/indicacao_46_2025.odt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/661/indicacao_47_2025.odt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/666/indicacao_48_2025.odt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/662/decreto_legislativo_02-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/551/mocao_01_2025.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/576/mocao_casan_02_2025.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/631/mocao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/632/mocao_grupo_de_escoteiros_04_2025.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_lei_-_001_2025_-_aris.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/517/projeto_de_lei_-_002-2025_-_lei_561-2004.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/519/projeto_de_lei_-_004-2025_-_lei_563.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/520/projeto_de_lei_-_005-2025_-_lei_688-2006.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/521/projeto_de_lei_-_006-2025_-_auxilio_estudantes.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/522/projeto_de_lei_-007-2025_-_altera__lei_1246.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/523/projeto_de_lei_-008-2025_-_renume.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_de_lei_-_009-2025_-_revisao.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/552/projeto_de_lei-011-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/553/projeto_de_lei_-_012-2025_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_executivo_013-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_executivo_014-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_de_lei_-_015-2025_-_sementes_de_aveia.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/575/oficio_e_projeto_de_lei_-_016-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_-_017-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/589/projeto_de_lei_-_018-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei-019-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/591/projeto_de_lei_n_020-2025_-_porteira_a_dentro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_de_lei_-_021-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/602/projeto_de_lei_-_022-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/601/projeto_de_lei_-023-2025_-_casa_catarina.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_lei_-_024-2025_-_festival.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/607/projet_o_de_lei_-025_-_altera_lei_alisson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/608/projeto_de_lei_-_026-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/609/projeto_de_lei_-_027-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_lei_-_028-2025_-_terreno.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_lei_-_029-2025_-_coinco_-cisama.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_lei_-_030-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_-_031-2025_-_aquisicao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_lei_-032-2025_-_sandbox.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/629/projeto_lei_-_033-2025_-_5_g.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/635/projeto_de_lei_-034-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_-_035_-_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/641/projeto_-036-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/642/projeto_-037-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_-_038-2025-_ufm.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_-_039-2025_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_-_040-_2025_-_altera_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_lei_no_041-_2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_-_042-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/654/oficio_e_projeto_de_lei_-043_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/655/projeto_de_lei_n_044-2025_-_premiacao.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_-_045-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/659/projeto_de_lei_-_046-2025_-_convenio_de_transito.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/660/projeto_de_lei_-_047-2025_-_convenio_de_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_-_048-2025_-_auxilio_financeiro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/668/projeto_de_lei_-_049-2025_-_correto.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/533/projeto_de_lei_legislativo_0012025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_legislativo_no_002-2025_-_revisao_geral_anual_servidores.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/558/projeto_de_lei_do_legislativo_no_003-_alteracao_vencimento_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_do_legislativo_no_004-_altera_dispositivos-aumento_valor_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_do_legislativo_no_005-_estrutura_camara_novo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/560/pedido_de_informacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/580/pedido_informacao_02__2025.odt" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/600/pedido_informacao_03__2025.odt" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/628/pedido_informacao_06__2025.odt" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/633/pedido_informacao_07_2025.odt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/651/pedido_de_infor_08_2025.odt" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/656/pedido_de_informacao_09_2025.odt" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/657/pedido_de_informacao__10_2025.odt" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/555/resolucao_01_2025__trans_sessao_online.odt" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_resolucao_no_002-_institui_o_codigo_de_etica_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_resolucao_no_003-_regulamenta_a_consignacao_em_pagamento.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_resolucao_no_004-_dispoe_sobre_as_compras.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_resolucao_no_005-_regulamenta_o_agente_de_contracao_comissao_de_contratacao_e_fiscal_e_getsor_de_contrato.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_resolucao_no_006-_constitui_a_comissao_especial_para_estudo_e_reforma_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/541/emenda_proj_006__2025.odt" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/554/projeto_de_lei-011-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/567/requerimento_a_mesa_diretora_2025.odt" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_04-2025.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/625/oficio_dos_projetos_de_leis.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento_wanderlei_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/639/oficio_de_encaminhamento..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/669/denuncia_mariane.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_complementar_-_001-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_lei_complementar_-002-2025_compressed.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/527/projeto_de_lei_complementar_-003-2025_compressed.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/548/lei_complementar_n._004-2025_-_altera_lei_complementar_025-2007.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_complementar_52025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_complementar_006_-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_complementar_-_007-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/596/projeto_de_lei_complementar_-_008-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/605/projeto_de_lei_complementar_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_lei_complementar_-_010.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/622/projeto_de_lei_complementar_-_011.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_lei_complementar_-_012.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_complementar_-_013.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/665/projeto_de_lei_complementar_-014-2025_-_nota_fiscal.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_complementar_do_legislativo_no_001.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/547/veto_-_projeto_de_lei_-_006-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/524/proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/663/projeto_-_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/667/proposta_de_emenda_a_lei_organica_-003-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/636/relatorio_e_voto.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/653/diario_oficial_dos_municipios_de_santa_catarina_-_visualizar_ato.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_001__25.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_02_2025.odt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_03__2025.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_004_2025.odt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_06_2025.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_07_2025.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_08_2025.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_09_2025.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_010_2025.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/544/modelo_indicacao_011_2025.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/545/modelo_indicacao_012_2025.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/549/modelo_indicacao_013_2025.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_014_2025.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/564/indicacao_016_2025.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_017_2025.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_018_2025.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_019_2025.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/578/indicacao_020_2025.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/579/indicacao_021_2025.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_22___2025.odt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_23___2025.odt" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/583/indicacao_024_2025.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/585/indicacao_cons_tran__25_2025.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/586/indicacao_26_2025.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_27_2025.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_28_2025.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_29_2025.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_30__2025.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_31__2025.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_32_2025.odt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/604/indicacao_33__2025.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_34_2025.odt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/611/indicacao_35_2025.odt" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/626/indicacao_038_2025.odt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/627/indicacao_39_2025.odt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/630/indicacao_40-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/634/indicacao_041_2025.odt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/638/indicacao__n__42_2025.odt" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/643/indicacao__n__43_2025.odt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/644/indicacao__n__44_2025.odt" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/650/indicacao_45_2025.odt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/652/indicacao_46_2025.odt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/661/indicacao_47_2025.odt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/666/indicacao_48_2025.odt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/662/decreto_legislativo_02-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/551/mocao_01_2025.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/576/mocao_casan_02_2025.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/631/mocao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/632/mocao_grupo_de_escoteiros_04_2025.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_lei_-_001_2025_-_aris.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/517/projeto_de_lei_-_002-2025_-_lei_561-2004.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/519/projeto_de_lei_-_004-2025_-_lei_563.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/520/projeto_de_lei_-_005-2025_-_lei_688-2006.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/521/projeto_de_lei_-_006-2025_-_auxilio_estudantes.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/522/projeto_de_lei_-007-2025_-_altera__lei_1246.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/523/projeto_de_lei_-008-2025_-_renume.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_de_lei_-_009-2025_-_revisao.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/552/projeto_de_lei-011-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/553/projeto_de_lei_-_012-2025_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_executivo_013-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_executivo_014-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_de_lei_-_015-2025_-_sementes_de_aveia.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/575/oficio_e_projeto_de_lei_-_016-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_-_017-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/589/projeto_de_lei_-_018-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei-019-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/591/projeto_de_lei_n_020-2025_-_porteira_a_dentro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_de_lei_-_021-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/602/projeto_de_lei_-_022-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/601/projeto_de_lei_-023-2025_-_casa_catarina.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_lei_-_024-2025_-_festival.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/607/projet_o_de_lei_-025_-_altera_lei_alisson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/608/projeto_de_lei_-_026-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/609/projeto_de_lei_-_027-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_lei_-_028-2025_-_terreno.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_lei_-_029-2025_-_coinco_-cisama.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_lei_-_030-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_-_031-2025_-_aquisicao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_lei_-032-2025_-_sandbox.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/629/projeto_lei_-_033-2025_-_5_g.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/635/projeto_de_lei_-034-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_-_035_-_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/641/projeto_-036-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/642/projeto_-037-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_-_038-2025-_ufm.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_-_039-2025_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_-_040-_2025_-_altera_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_lei_no_041-_2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_-_042-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/654/oficio_e_projeto_de_lei_-043_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/655/projeto_de_lei_n_044-2025_-_premiacao.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_-_045-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/659/projeto_de_lei_-_046-2025_-_convenio_de_transito.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/660/projeto_de_lei_-_047-2025_-_convenio_de_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_-_048-2025_-_auxilio_financeiro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/668/projeto_de_lei_-_049-2025_-_correto.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/533/projeto_de_lei_legislativo_0012025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_legislativo_no_002-2025_-_revisao_geral_anual_servidores.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/558/projeto_de_lei_do_legislativo_no_003-_alteracao_vencimento_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_do_legislativo_no_004-_altera_dispositivos-aumento_valor_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_do_legislativo_no_005-_estrutura_camara_novo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/560/pedido_de_informacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/580/pedido_informacao_02__2025.odt" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/600/pedido_informacao_03__2025.odt" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/628/pedido_informacao_06__2025.odt" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/633/pedido_informacao_07_2025.odt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/651/pedido_de_infor_08_2025.odt" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/656/pedido_de_informacao_09_2025.odt" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/657/pedido_de_informacao__10_2025.odt" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/555/resolucao_01_2025__trans_sessao_online.odt" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_resolucao_no_002-_institui_o_codigo_de_etica_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_resolucao_no_003-_regulamenta_a_consignacao_em_pagamento.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_resolucao_no_004-_dispoe_sobre_as_compras.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_resolucao_no_005-_regulamenta_o_agente_de_contracao_comissao_de_contratacao_e_fiscal_e_getsor_de_contrato.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_resolucao_no_006-_constitui_a_comissao_especial_para_estudo_e_reforma_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/541/emenda_proj_006__2025.odt" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/554/projeto_de_lei-011-2025_-_dotacao.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/567/requerimento_a_mesa_diretora_2025.odt" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_04-2025.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/625/oficio_dos_projetos_de_leis.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento_wanderlei_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/639/oficio_de_encaminhamento..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/669/denuncia_mariane.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_complementar_-_001-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_lei_complementar_-002-2025_compressed.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/527/projeto_de_lei_complementar_-003-2025_compressed.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/548/lei_complementar_n._004-2025_-_altera_lei_complementar_025-2007.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_complementar_52025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_complementar_006_-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_complementar_-_007-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/596/projeto_de_lei_complementar_-_008-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/605/projeto_de_lei_complementar_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_lei_complementar_-_010.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/622/projeto_de_lei_complementar_-_011.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_lei_complementar_-_012.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_complementar_-_013.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/665/projeto_de_lei_complementar_-014-2025_-_nota_fiscal.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_complementar_do_legislativo_no_001.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/547/veto_-_projeto_de_lei_-_006-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/524/proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/663/projeto_-_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/667/proposta_de_emenda_a_lei_organica_-003-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/636/relatorio_e_voto.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontealtadonorte.sc.leg.br/media/sapl/public/materialegislativa/2025/653/diario_oficial_dos_municipios_de_santa_catarina_-_visualizar_ato.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="196.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="195.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>